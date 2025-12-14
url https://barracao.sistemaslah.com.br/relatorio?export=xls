--- v0 (2025-10-25)
+++ v1 (2025-12-14)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="687">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="730">
   <si>
     <t>Relatório Geral de Protocolos - SLAH</t>
   </si>
   <si>
     <t>Protocolo</t>
   </si>
   <si>
     <t>Processo</t>
   </si>
   <si>
     <t>Tipo</t>
   </si>
   <si>
     <t>Data de Entrada</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>Autor</t>
   </si>
   <si>
     <t>Descrição</t>
   </si>
   <si>
@@ -2072,51 +2072,180 @@
   <si>
     <t>052/2025</t>
   </si>
   <si>
     <t>052/2025 PROJETO DE LEI - EXECUTIVO</t>
   </si>
   <si>
     <t>14/10/2025</t>
   </si>
   <si>
     <t>Altera a redação do art. 3º da Lei Municipal nº 3.732/2025.</t>
   </si>
   <si>
     <t>053/2025</t>
   </si>
   <si>
     <t>053/2025 PROJETO DE LEI - EXECUTIVO</t>
   </si>
   <si>
     <t>17/10/2025</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a ceder a título de cessão de uso uma plantadeira e uma grade aradora agrícola para a Associação União Agrícola São Pedro.</t>
   </si>
   <si>
-    <t>Total: 231</t>
+    <t>054/2025</t>
+  </si>
+  <si>
+    <t>054/2025 PROJETO DE LEI - EXECUTIVO</t>
+  </si>
+  <si>
+    <t>31/10/2025</t>
+  </si>
+  <si>
+    <t>Autoriza o Poder Executivo Municipal a repassar valores para a Câmara de Dirigentes Lojistas - CDL, entidade da Sociedade Civil, sem fins lucrativos, com objetivo de realização da 12ª Festa do Pinhão e 13ª Expofeira.</t>
+  </si>
+  <si>
+    <t>026/2025 PEDIDO DE PROVIDÊNCIA</t>
+  </si>
+  <si>
+    <t>Solicito ao Executivo Municipal que providencie a atulização da rota da coleta do lixo na rua Fiorello Egidio Jordani.</t>
+  </si>
+  <si>
+    <t>027/2025 PEDIDO DE PROVIDÊNCIA</t>
+  </si>
+  <si>
+    <t>Solicito ao Executivo Municipal a aquisição de um batedor/batedeira de cereais para a secretaria da agricultura.</t>
+  </si>
+  <si>
+    <t>028/2025 PEDIDO DE PROVIDÊNCIA</t>
+  </si>
+  <si>
+    <t>Solicito ao Executivo Municipal que providencie a entrega das escrituras que estão faltando no Bairro Uruguai.</t>
+  </si>
+  <si>
+    <t>029/2025 PEDIDO DE PROVIDÊNCIA</t>
+  </si>
+  <si>
+    <t>Venho por meio deste, solicitar a providência para a realização da reforma dos banheiros públicos localizados na Praça da Igreja Matriz, considerando que as atuais condições não atendem adequadamente às necessidades dos frequentadores do local, comprometendo a higiene e o conforto da população. Solicito também a melhoria dos passeios da referida praça, que se encontram danificados, representando risco aos pedestres e dificultando o acesso e o uso seguro da área pública.</t>
+  </si>
+  <si>
+    <t>055/2025</t>
+  </si>
+  <si>
+    <t>055/2025 PROJETO DE LEI - EXECUTIVO</t>
+  </si>
+  <si>
+    <t>11/11/2025</t>
+  </si>
+  <si>
+    <t>Altera a redação dos incisos V e VI do art. 1º da Lei Municipal nº 3.754/2025.</t>
+  </si>
+  <si>
+    <t>056/2025</t>
+  </si>
+  <si>
+    <t>056/2025 PROJETO DE LEI - EXECUTIVO</t>
+  </si>
+  <si>
+    <t>13/11/2025</t>
+  </si>
+  <si>
+    <t>Autoriza o Poder Executivo Municipal a doar o lote nº 08, da quadra 04, da área industrial a empresa Michele Ribeiro Balzan ME.</t>
+  </si>
+  <si>
+    <t>057/2025</t>
+  </si>
+  <si>
+    <t>057/2025 PROJETO DE LEI - EXECUTIVO</t>
+  </si>
+  <si>
+    <t>Autoriza o Poder Executivo Municipal a ceder a título de cessão de uso uma carreta agrícola para a Associação Primeira Conquista Barraconense.</t>
+  </si>
+  <si>
+    <t>009/2025 PROJETO DE EMENDA À LEI ORGÂNICA</t>
+  </si>
+  <si>
+    <t>Altera Art. 44 da Lei Orgânica.</t>
+  </si>
+  <si>
+    <t>003/2025 PROJETO DE RESOLUÇÃO</t>
+  </si>
+  <si>
+    <t>Altera o Art. 18 do Regimento Interno da Câmara de Vereadores de Barracão.</t>
+  </si>
+  <si>
+    <t>058/2025</t>
+  </si>
+  <si>
+    <t>058/2025 PROJETO DE LEI - EXECUTIVO</t>
+  </si>
+  <si>
+    <t>14/11/2025</t>
+  </si>
+  <si>
+    <t>Estima a receita e fixa a despesa do Município para o exercício econômico e financeiro de 2026 e dá outras providências.</t>
+  </si>
+  <si>
+    <t>01/2025</t>
+  </si>
+  <si>
+    <t>01/2025 PGR / LTCAT / PCMSO</t>
+  </si>
+  <si>
+    <t>25/11/2025</t>
+  </si>
+  <si>
+    <t>059/2025</t>
+  </si>
+  <si>
+    <t>059/2025 PROJETO DE LEI - EXECUTIVO</t>
+  </si>
+  <si>
+    <t>28/11/2025</t>
+  </si>
+  <si>
+    <t>Altera a redação do art. 96 da Lei Municipal nº 3.591/2022.</t>
+  </si>
+  <si>
+    <t>060/2025</t>
+  </si>
+  <si>
+    <t>060/2025 PROJETO DE LEI - EXECUTIVO</t>
+  </si>
+  <si>
+    <t>Altera a Lei Municipal nº 2.616, de 21 de dezembro de 2006, para revogar o artigo 99, que dispõe sobre a perda do direito às férias de servidores públicos.</t>
+  </si>
+  <si>
+    <t>030/2025 PEDIDO DE PROVIDÊNCIA</t>
+  </si>
+  <si>
+    <t>Solicito ao Executivo Municipal que providencie a substituição dos redutores de velocidade(quebra molas) por faixa elevada de pedestres, no perímetro compreendido entre a Avenida Brasília, Centro, e a Rua Porto Alegre, Bairro Uruguai, nos dois sentidos da via.</t>
+  </si>
+  <si>
+    <t>Total: 246</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -2435,54 +2564,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G234"/>
+  <dimension ref="A1:G249"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="C233" sqref="C233"/>
+      <selection activeCell="C248" sqref="C248"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
       <c r="E1" s="2"/>
       <c r="F1" s="2"/>
       <c r="G1" s="2"/>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" t="s">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>2</v>
       </c>
       <c r="C2" t="s">
         <v>3</v>
       </c>
@@ -7718,62 +7847,404 @@
       </c>
       <c r="E232" t="s">
         <v>75</v>
       </c>
       <c r="F232" t="s">
         <v>459</v>
       </c>
       <c r="G232" t="s">
         <v>681</v>
       </c>
     </row>
     <row r="233" spans="1:7">
       <c r="A233">
         <v>20250237</v>
       </c>
       <c r="B233" t="s">
         <v>682</v>
       </c>
       <c r="C233" s="2" t="s">
         <v>683</v>
       </c>
       <c r="D233" t="s">
         <v>684</v>
       </c>
       <c r="E233" t="s">
-        <v>11</v>
+        <v>75</v>
       </c>
       <c r="F233" t="s">
-        <v>97</v>
+        <v>459</v>
       </c>
       <c r="G233" t="s">
         <v>685</v>
       </c>
     </row>
     <row r="234" spans="1:7">
-      <c r="A234" t="s">
+      <c r="A234">
+        <v>20250238</v>
+      </c>
+      <c r="B234" t="s">
         <v>686</v>
+      </c>
+      <c r="C234" s="2" t="s">
+        <v>687</v>
+      </c>
+      <c r="D234" t="s">
+        <v>688</v>
+      </c>
+      <c r="E234" t="s">
+        <v>75</v>
+      </c>
+      <c r="F234" t="s">
+        <v>459</v>
+      </c>
+      <c r="G234" t="s">
+        <v>689</v>
+      </c>
+    </row>
+    <row r="235" spans="1:7">
+      <c r="A235">
+        <v>20250239</v>
+      </c>
+      <c r="B235" t="s">
+        <v>527</v>
+      </c>
+      <c r="C235" s="2" t="s">
+        <v>690</v>
+      </c>
+      <c r="D235" t="s">
+        <v>688</v>
+      </c>
+      <c r="E235" t="s">
+        <v>11</v>
+      </c>
+      <c r="F235" t="s">
+        <v>489</v>
+      </c>
+      <c r="G235" t="s">
+        <v>691</v>
+      </c>
+    </row>
+    <row r="236" spans="1:7">
+      <c r="A236">
+        <v>20250240</v>
+      </c>
+      <c r="B236" t="s">
+        <v>530</v>
+      </c>
+      <c r="C236" s="2" t="s">
+        <v>692</v>
+      </c>
+      <c r="D236" t="s">
+        <v>688</v>
+      </c>
+      <c r="E236" t="s">
+        <v>11</v>
+      </c>
+      <c r="F236" t="s">
+        <v>489</v>
+      </c>
+      <c r="G236" t="s">
+        <v>693</v>
+      </c>
+    </row>
+    <row r="237" spans="1:7">
+      <c r="A237">
+        <v>20250241</v>
+      </c>
+      <c r="B237" t="s">
+        <v>533</v>
+      </c>
+      <c r="C237" s="2" t="s">
+        <v>694</v>
+      </c>
+      <c r="D237" t="s">
+        <v>688</v>
+      </c>
+      <c r="E237" t="s">
+        <v>11</v>
+      </c>
+      <c r="F237" t="s">
+        <v>489</v>
+      </c>
+      <c r="G237" t="s">
+        <v>695</v>
+      </c>
+    </row>
+    <row r="238" spans="1:7">
+      <c r="A238">
+        <v>20250242</v>
+      </c>
+      <c r="B238" t="s">
+        <v>535</v>
+      </c>
+      <c r="C238" s="2" t="s">
+        <v>696</v>
+      </c>
+      <c r="D238" t="s">
+        <v>688</v>
+      </c>
+      <c r="E238" t="s">
+        <v>11</v>
+      </c>
+      <c r="F238" t="s">
+        <v>435</v>
+      </c>
+      <c r="G238" t="s">
+        <v>697</v>
+      </c>
+    </row>
+    <row r="239" spans="1:7">
+      <c r="A239">
+        <v>20250243</v>
+      </c>
+      <c r="B239" t="s">
+        <v>698</v>
+      </c>
+      <c r="C239" s="2" t="s">
+        <v>699</v>
+      </c>
+      <c r="D239" t="s">
+        <v>700</v>
+      </c>
+      <c r="E239" t="s">
+        <v>75</v>
+      </c>
+      <c r="F239" t="s">
+        <v>459</v>
+      </c>
+      <c r="G239" t="s">
+        <v>701</v>
+      </c>
+    </row>
+    <row r="240" spans="1:7">
+      <c r="A240">
+        <v>20250244</v>
+      </c>
+      <c r="B240" t="s">
+        <v>702</v>
+      </c>
+      <c r="C240" s="2" t="s">
+        <v>703</v>
+      </c>
+      <c r="D240" t="s">
+        <v>704</v>
+      </c>
+      <c r="E240" t="s">
+        <v>75</v>
+      </c>
+      <c r="F240" t="s">
+        <v>459</v>
+      </c>
+      <c r="G240" t="s">
+        <v>705</v>
+      </c>
+    </row>
+    <row r="241" spans="1:7">
+      <c r="A241">
+        <v>20250245</v>
+      </c>
+      <c r="B241" t="s">
+        <v>706</v>
+      </c>
+      <c r="C241" s="2" t="s">
+        <v>707</v>
+      </c>
+      <c r="D241" t="s">
+        <v>704</v>
+      </c>
+      <c r="E241" t="s">
+        <v>75</v>
+      </c>
+      <c r="F241" t="s">
+        <v>459</v>
+      </c>
+      <c r="G241" t="s">
+        <v>708</v>
+      </c>
+    </row>
+    <row r="242" spans="1:7">
+      <c r="A242">
+        <v>20250246</v>
+      </c>
+      <c r="B242" t="s">
+        <v>428</v>
+      </c>
+      <c r="C242" s="2" t="s">
+        <v>709</v>
+      </c>
+      <c r="D242" t="s">
+        <v>704</v>
+      </c>
+      <c r="E242" t="s">
+        <v>75</v>
+      </c>
+      <c r="F242" t="s">
+        <v>459</v>
+      </c>
+      <c r="G242" t="s">
+        <v>710</v>
+      </c>
+    </row>
+    <row r="243" spans="1:7">
+      <c r="A243">
+        <v>20250247</v>
+      </c>
+      <c r="B243" t="s">
+        <v>407</v>
+      </c>
+      <c r="C243" s="2" t="s">
+        <v>711</v>
+      </c>
+      <c r="D243" t="s">
+        <v>704</v>
+      </c>
+      <c r="E243" t="s">
+        <v>75</v>
+      </c>
+      <c r="F243" t="s">
+        <v>459</v>
+      </c>
+      <c r="G243" t="s">
+        <v>712</v>
+      </c>
+    </row>
+    <row r="244" spans="1:7">
+      <c r="A244">
+        <v>20250248</v>
+      </c>
+      <c r="B244" t="s">
+        <v>713</v>
+      </c>
+      <c r="C244" s="2" t="s">
+        <v>714</v>
+      </c>
+      <c r="D244" t="s">
+        <v>715</v>
+      </c>
+      <c r="E244" t="s">
+        <v>75</v>
+      </c>
+      <c r="F244" t="s">
+        <v>459</v>
+      </c>
+      <c r="G244" t="s">
+        <v>716</v>
+      </c>
+    </row>
+    <row r="245" spans="1:7">
+      <c r="A245">
+        <v>20250249</v>
+      </c>
+      <c r="B245" t="s">
+        <v>717</v>
+      </c>
+      <c r="C245" s="2" t="s">
+        <v>718</v>
+      </c>
+      <c r="D245" t="s">
+        <v>719</v>
+      </c>
+      <c r="E245" t="s">
+        <v>11</v>
+      </c>
+      <c r="F245" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="246" spans="1:7">
+      <c r="A246">
+        <v>20250250</v>
+      </c>
+      <c r="B246" t="s">
+        <v>720</v>
+      </c>
+      <c r="C246" s="2" t="s">
+        <v>721</v>
+      </c>
+      <c r="D246" t="s">
+        <v>722</v>
+      </c>
+      <c r="E246" t="s">
+        <v>11</v>
+      </c>
+      <c r="F246" t="s">
+        <v>97</v>
+      </c>
+      <c r="G246" t="s">
+        <v>723</v>
+      </c>
+    </row>
+    <row r="247" spans="1:7">
+      <c r="A247">
+        <v>20250251</v>
+      </c>
+      <c r="B247" t="s">
+        <v>724</v>
+      </c>
+      <c r="C247" s="2" t="s">
+        <v>725</v>
+      </c>
+      <c r="D247" t="s">
+        <v>722</v>
+      </c>
+      <c r="E247" t="s">
+        <v>11</v>
+      </c>
+      <c r="F247" t="s">
+        <v>97</v>
+      </c>
+      <c r="G247" t="s">
+        <v>726</v>
+      </c>
+    </row>
+    <row r="248" spans="1:7">
+      <c r="A248">
+        <v>20250252</v>
+      </c>
+      <c r="B248" t="s">
+        <v>546</v>
+      </c>
+      <c r="C248" s="2" t="s">
+        <v>727</v>
+      </c>
+      <c r="D248" t="s">
+        <v>722</v>
+      </c>
+      <c r="E248" t="s">
+        <v>11</v>
+      </c>
+      <c r="F248" t="s">
+        <v>571</v>
+      </c>
+      <c r="G248" t="s">
+        <v>728</v>
+      </c>
+    </row>
+    <row r="249" spans="1:7">
+      <c r="A249" t="s">
+        <v>729</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:G1"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>