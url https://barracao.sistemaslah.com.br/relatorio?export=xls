--- v1 (2025-12-14)
+++ v2 (2026-01-28)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="730">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="761">
   <si>
     <t>Relatório Geral de Protocolos - SLAH</t>
   </si>
   <si>
     <t>Protocolo</t>
   </si>
   <si>
     <t>Processo</t>
   </si>
   <si>
     <t>Tipo</t>
   </si>
   <si>
     <t>Data de Entrada</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>Autor</t>
   </si>
   <si>
     <t>Descrição</t>
   </si>
   <si>
@@ -1391,803 +1391,803 @@
   <si>
     <t>Solicito ao Executivo Municipal que providencie a reforma dos banheiros da Praça 30 de Maio.</t>
   </si>
   <si>
     <t>007/2025 PEDIDO DE PROVIDÊNCIA</t>
   </si>
   <si>
     <t>Solicito ao Executivo Municipal que providencie a pavimentação do final do calçamento da Rua Dário Mendes dos Santos até a propriedade do Sr. José Machado Jacobi, na saída para a comunidade de Santo Antonio.</t>
   </si>
   <si>
     <t>008/2025 PEDIDO DE PROVIDÊNCIA</t>
   </si>
   <si>
     <t>Solicito ao Executivo Municipal que providencie a realização de pavimentação a partir da Rua Frei Ricardo Aresi, tendo como referência as residências dos Sr. Sergio Stanguerlin até a residência da Sra. Rosane Tonial, Bairro São Valentim.</t>
   </si>
   <si>
     <t>011/2025</t>
   </si>
   <si>
     <t>011/2025 PROJETO DE LEI - EXECUTIVO</t>
   </si>
   <si>
     <t>18/02/2025</t>
   </si>
   <si>
+    <t>Altera a redação do art. 19 da Lei Municipal nº 2.340 de 20 de agosto de 2003.</t>
+  </si>
+  <si>
+    <t>012/2025</t>
+  </si>
+  <si>
+    <t>012/2025 PROJETO DE LEI - EXECUTIVO</t>
+  </si>
+  <si>
+    <t>Altera a redação da Lei Municipal nº 2.340 de 20 de agosto de 2003</t>
+  </si>
+  <si>
+    <t>013/2025</t>
+  </si>
+  <si>
+    <t>013/2025 PROJETO DE LEI - EXECUTIVO</t>
+  </si>
+  <si>
+    <t>Altera a redação do art. 1º da Lei Municipal nº 2.805 de 07 de Maio de 2009</t>
+  </si>
+  <si>
+    <t>014/2025</t>
+  </si>
+  <si>
+    <t>014/2025 PROJETO DE LEI - EXECUTIVO</t>
+  </si>
+  <si>
+    <t>25/02/2025</t>
+  </si>
+  <si>
+    <t>Altera a redação da Lei Municipal nº 2.340 de 20 de agosto de 2003.</t>
+  </si>
+  <si>
+    <t>015/2025</t>
+  </si>
+  <si>
+    <t>015/2025 PROJETO DE LEI - EXECUTIVO</t>
+  </si>
+  <si>
+    <t>28/02/2025</t>
+  </si>
+  <si>
+    <t>Altera a redação da Municipal nº 3.095/2013</t>
+  </si>
+  <si>
+    <t>016/2025</t>
+  </si>
+  <si>
+    <t>016/2025 PROJETO DE LEI - EXECUTIVO</t>
+  </si>
+  <si>
+    <t>Autoriza o Município de Barracão a firmar convênio, com o Município de São José do Ouro - RS, visando a continuidade dos atendimentos prestados pela Casa de Acolhimento Santa Rita de Cássia, abrir crédito suplementar e dá outras providências</t>
+  </si>
+  <si>
+    <t>017/2025</t>
+  </si>
+  <si>
+    <t>017/2025 PROJETO DE LEI - EXECUTIVO</t>
+  </si>
+  <si>
+    <t>Autoriza o Poder Executivo Municipal a ceder a título de cessão de uso um trator agrícola, marca Budny, para a Associação de Agricultores da Comunidade de São Roque</t>
+  </si>
+  <si>
+    <t>002/2025 INDICAÇÃO</t>
+  </si>
+  <si>
+    <t>21/02/2025</t>
+  </si>
+  <si>
+    <t>Os Vereadores que este assinam, no uso de suas atribuições legais e regimentais, vêm respeitosamente indicar ao Excelentíssimo Senhor Prefeito Municipal, que através do setor competente, realize a construção de três pórticos nas entradas do nosso município, sendo um próximo ao trevo da RS 343, entrada da cidade, próximo ao cemitério municipal; outro próximo ao trevo que liga o centro da cidade com o Bairro Operário; e o terceiro próximo ao trevo da BR-470/RS acesso ao Bairro Vila Nova.</t>
+  </si>
+  <si>
+    <t>018/2025</t>
+  </si>
+  <si>
+    <t>018/2025 PROJETO DE LEI - EXECUTIVO</t>
+  </si>
+  <si>
+    <t>14/03/2025</t>
+  </si>
+  <si>
+    <t>Autoriza o Poder Executivo Municipal a conceder auxílio para transporte escolar para estudantes do ensino médio, matriculados em cursos técnicos</t>
+  </si>
+  <si>
+    <t>009/2025 PEDIDO DE PROVIDÊNCIA</t>
+  </si>
+  <si>
+    <t>Vilson Girardi Jacobi - PT</t>
+  </si>
+  <si>
+    <t>Solicito ao Executivo Municipal que providencie a implementação e revitalização das sinalizações nos cruzamentos urbanos.</t>
+  </si>
+  <si>
+    <t>010/2025 PEDIDO DE PROVIDÊNCIA</t>
+  </si>
+  <si>
+    <t>Solicito ao Executivo Municipal que providencie a realização da pintura das faixas de pedestres, realização da pintura do meio-fio junto as calçadas e realização da pintura do meio- fio dos canteiros centrais e praças.</t>
+  </si>
+  <si>
+    <t>003/2025 INDICAÇÃO</t>
+  </si>
+  <si>
+    <t>Diogenes Antoniolli Junior - PP</t>
+  </si>
+  <si>
+    <t>Solicito ao Executivo Municipal, que seja fornecido ao Conselho Tutelar de Barracão, um veículo para a realização dos serviços prestados pela entidade.</t>
+  </si>
+  <si>
+    <t>001/2025 PEDIDO DE INFORMAÇÃO</t>
+  </si>
+  <si>
+    <t>Solicito informação sobre a empresa responsável pelo regulamentação dos terrenos do Bairro Uruguai.</t>
+  </si>
+  <si>
+    <t>004/2025 INDICAÇÃO</t>
+  </si>
+  <si>
+    <t>26/03/2025</t>
+  </si>
+  <si>
+    <t>Joce Sales da Rosa - MDB</t>
+  </si>
+  <si>
+    <t>Solicito ao Executivo Municipal que através do setor competente, realize a pavimentação da Avenida Salgado Filho no trecho compreendido entre o Bairro Vila Nova e a entrada do Restaurante Celeiro.</t>
+  </si>
+  <si>
+    <t>011/2025 PEDIDO DE PROVIDÊNCIA</t>
+  </si>
+  <si>
+    <t>Solicito ao Executivo Municipal que providencie a limpeza e recuperação da boca de lobo localizada na rua Jose Mendes próximo a residência do senhor Deoclides Lima do Amaral.</t>
+  </si>
+  <si>
+    <t>012/2025 PEDIDO DE PROVIDÊNCIA</t>
+  </si>
+  <si>
+    <t>27/03/2025</t>
+  </si>
+  <si>
+    <t>Solicito ao Executivo Municipal que providencie a extensão do coberto e a construção de um dreno na recepção da E.M.E.I Primeiros Passos.</t>
+  </si>
+  <si>
+    <t>013/2025 PEDIDO DE PROVIDÊNCIA</t>
+  </si>
+  <si>
+    <t>Solicito ao Executivo Municipal que providencie a construção dos passeios na frente da E.M.E.I Primeiros Passos.</t>
+  </si>
+  <si>
+    <t>019/2025</t>
+  </si>
+  <si>
+    <t>019/2025 PROJETO DE LEI - EXECUTIVO</t>
+  </si>
+  <si>
+    <t>28/03/2025</t>
+  </si>
+  <si>
+    <t>020/2025</t>
+  </si>
+  <si>
+    <t>020/2025 PROJETO DE LEI - EXECUTIVO</t>
+  </si>
+  <si>
+    <t>021/2025</t>
+  </si>
+  <si>
+    <t>021/2025 PROJETO DE LEI - EXECUTIVO</t>
+  </si>
+  <si>
+    <t>Autoriza o executivo Municipal a realizar despesas referentes a realização da IV Feira Artística e Literária.</t>
+  </si>
+  <si>
+    <t>022/2025</t>
+  </si>
+  <si>
+    <t>022/2025 PROJETO DE LEI - EXECUTIVO</t>
+  </si>
+  <si>
+    <t>Autoriza o Poder Executivo Municipal a realizar despesas alusivas as Festividades em Honra aos 61 anos do Município de Barracão-RS, bem como abrir crédito adicional e dá outras providências.</t>
+  </si>
+  <si>
+    <t>023/2025</t>
+  </si>
+  <si>
+    <t>023/2025 PROJETO DE LEI - EXECUTIVO</t>
+  </si>
+  <si>
+    <t>Cria a gratificação especial de atividade denominada “hora máquina” para os servidores do município investidos nos cargos de operadores de máquinas e motoristas lotados na Secretaria Municipal de Obras e Viação e na Secretaria Municipal de Agricultura e Meio Ambiente do município e dá outras providências.</t>
+  </si>
+  <si>
+    <t>024/2025</t>
+  </si>
+  <si>
+    <t>024/2025 PROJETO DE LEI - EXECUTIVO</t>
+  </si>
+  <si>
+    <t>025/2025</t>
+  </si>
+  <si>
+    <t>025/2025 PROJETO DE LEI - EXECUTIVO</t>
+  </si>
+  <si>
+    <t>026/2025</t>
+  </si>
+  <si>
+    <t>026/2025 PROJETO DE LEI - EXECUTIVO</t>
+  </si>
+  <si>
+    <t>11/04/2025</t>
+  </si>
+  <si>
+    <t>027/2025</t>
+  </si>
+  <si>
+    <t>027/2025 PROJETO DE LEI - EXECUTIVO</t>
+  </si>
+  <si>
+    <t>Altera a redação da Lei Municipal nº 3.725 de 04 de abril de 2025.</t>
+  </si>
+  <si>
+    <t>028/2025</t>
+  </si>
+  <si>
+    <t>028/2025 PROJETO DE LEI - EXECUTIVO</t>
+  </si>
+  <si>
+    <t>029/2025</t>
+  </si>
+  <si>
+    <t>029/2025 PROJETO DE LEI - EXECUTIVO</t>
+  </si>
+  <si>
+    <t>014/2025 PEDIDO DE PROVIDÊNCIA</t>
+  </si>
+  <si>
+    <t>Solicito ao Executivo Municipal juntamente com a secretaria da agricultura, que sejam disponibilizadas, anualmente, dez horas/máquinas isentas de qualquer custo para os pequenos produtores da agricultura familiar, que possuam propriedades com menos de 20 hectares. Podendo ser dividido entre tratores e seus implementos ou retroescavadeira hidráulica.</t>
+  </si>
+  <si>
+    <t>001/2025 PGR / LTCAT / PCMSO</t>
+  </si>
+  <si>
+    <t>Laudos PGR, LTCAT e PCMSO</t>
+  </si>
+  <si>
+    <t>001/2025 PROJETO DE RESOLUÇÃO</t>
+  </si>
+  <si>
+    <t>28/04/2025</t>
+  </si>
+  <si>
+    <t>Altera excepcionalmente a data da realização da segunda Sessão Ordinária do mês de Maio de 2025.</t>
+  </si>
+  <si>
+    <t>002/2025 PROJETO DE RESOLUÇÃO</t>
+  </si>
+  <si>
+    <t>Autoriza a Câmara Municipal de Vereadores de Barracão/RS a associar-se e contribuir mensalmente para a Associação de Vereadores da Região Nordeste do Estado do RS – AVENOR.</t>
+  </si>
+  <si>
+    <t>030/2025</t>
+  </si>
+  <si>
+    <t>030/2025 PROJETO DE LEI - EXECUTIVO</t>
+  </si>
+  <si>
+    <t>29/04/2025</t>
+  </si>
+  <si>
+    <t>Revisa e fixa o valor das diárias do Prefeito e Vice-Prefeito Municipal e dá outras providências.</t>
+  </si>
+  <si>
+    <t>031/2025</t>
+  </si>
+  <si>
+    <t>031/2025 PROJETO DE LEI - EXECUTIVO</t>
+  </si>
+  <si>
+    <t>Revisa e fixa o valor das diárias dos servidores municipais e agentes políticos e dá outras providências.</t>
+  </si>
+  <si>
+    <t>032/2025</t>
+  </si>
+  <si>
+    <t>032/2025 PROJETO DE LEI - EXECUTIVO</t>
+  </si>
+  <si>
+    <t>09/05/2025</t>
+  </si>
+  <si>
+    <t>Autoriza o Poder Executivo Municipal a realizar contratação temporária emergencial de excepcional interesse público para os cargos de Monitor Escolar, Professor de Língua Inglesa, Professor de História e Professor de Educação Infantil.</t>
+  </si>
+  <si>
+    <t>033/2025</t>
+  </si>
+  <si>
+    <t>033/2025 PROJETO DE LEI - EXECUTIVO</t>
+  </si>
+  <si>
+    <t>23/05/2025</t>
+  </si>
+  <si>
+    <t>Altera a redação do § 1º do art. 9º da Lei Municipal nº 3.095/2013.</t>
+  </si>
+  <si>
+    <t>034/2025</t>
+  </si>
+  <si>
+    <t>034/2025 PROJETO DE LEI - EXECUTIVO</t>
+  </si>
+  <si>
+    <t>Altera a redação dos arts. 1º e 2º da Lei Municipal nº 295/1978.</t>
+  </si>
+  <si>
+    <t>035/2025</t>
+  </si>
+  <si>
+    <t>035/2025 PROJETO DE LEI - EXECUTIVO</t>
+  </si>
+  <si>
+    <t>Altera a redação do art. 1º da Lei Municipal nº 3.458/2020.</t>
+  </si>
+  <si>
+    <t>005/2025 INDICAÇÃO</t>
+  </si>
+  <si>
+    <t>Alceu de Campos - PP</t>
+  </si>
+  <si>
+    <t>Sugire ao Executivo Municipal, que na próxima oportunidade de evento esportivo a ser realizado no Município, seja homenageado o já falecido Sr. Valdir da Cunha, popularmente conhecido como Pininho.</t>
+  </si>
+  <si>
+    <t>015/2025 PEDIDO DE PROVIDÊNCIA</t>
+  </si>
+  <si>
+    <t>Joseane Figueiredo Jacobi - MDB</t>
+  </si>
+  <si>
+    <t>Solicita ao Executivo Municipal que providencie o alargamento e melhoria no cascalhamento da estrada rural que tem início na propriedade do Sr. Valdemir Pietrobeli, passando pelas propriedades dos Srs. Olair Duarte, Vilmar Perin e Adelar da Rosa Chaves, localizada na Linha São Roque.</t>
+  </si>
+  <si>
+    <t>036/2025</t>
+  </si>
+  <si>
+    <t>036/2025 PROJETO DE LEI - EXECUTIVO</t>
+  </si>
+  <si>
+    <t>29/05/2025</t>
+  </si>
+  <si>
+    <t>001/2025 EDITAL</t>
+  </si>
+  <si>
+    <t>06/06/2025</t>
+  </si>
+  <si>
+    <t>Convoca candidato classificado em concurso público municipal, nomeado nesta data, para a posse.</t>
+  </si>
+  <si>
+    <t>006/2025 INDICAÇÃO</t>
+  </si>
+  <si>
+    <t>13/06/2025</t>
+  </si>
+  <si>
+    <t>Que por meio do setor competente, avalie a viabilidade de adquirir uma plantadeira, utilizando os recursos que serão recebidos através de Emenda Parlamentar destinada pelo Deputado Federal Giovani Cherini, com o objetivo de fortalecer a agricultura local e oferecer suporte aos produtores rurais do município</t>
+  </si>
+  <si>
+    <t>016/2025 PEDIDO DE PROVIDÊNCIA</t>
+  </si>
+  <si>
+    <t>Que seja implantado piso salarial básico para os técnicos de enfermagem lotados na Secretária Municipal de Saúde de Barracão, conforme estabelece Lei nº 14.434/2022.</t>
+  </si>
+  <si>
+    <t>017/2025 PEDIDO DE PROVIDÊNCIA</t>
+  </si>
+  <si>
+    <t>Realização de cascalhamento nas vias do Reassentamento III, que atualmente se encontram em condições críticas de tráfego</t>
+  </si>
+  <si>
+    <t>037/2025</t>
+  </si>
+  <si>
+    <t>037/2025 PROJETO DE LEI - EXECUTIVO</t>
+  </si>
+  <si>
+    <t>27/06/2025</t>
+  </si>
+  <si>
+    <t>Altera a redação do art. 1º da Lei Municipal nº 3.199/2015.</t>
+  </si>
+  <si>
+    <t>038/2025</t>
+  </si>
+  <si>
+    <t>038/2025 PROJETO DE LEI - EXECUTIVO</t>
+  </si>
+  <si>
+    <t>Autoriza o Poder Executivo Municipal a repassar valores ao Hospital São Valentim, para continuidade das atividades prestadas e de interesse público, até o limite fixado, e dá outras providências</t>
+  </si>
+  <si>
+    <t>039/2025</t>
+  </si>
+  <si>
+    <t>039/2025 PROJETO DE LEI - EXECUTIVO</t>
+  </si>
+  <si>
+    <t>11/07/2025</t>
+  </si>
+  <si>
+    <t>Autoriza o Município a ceder, a título gratuito, o uso da sala 07 em prédio público municipal (Antiga Rodoviária Municipal) à Empresa Brasileira de Correios e Telégrafos – ECT, e dá outras providências</t>
+  </si>
+  <si>
+    <t>040/2025</t>
+  </si>
+  <si>
+    <t>040/2025 PROJETO DE LEI - EXECUTIVO</t>
+  </si>
+  <si>
+    <t>018/2025 PEDIDO DE PROVIDÊNCIA</t>
+  </si>
+  <si>
+    <t>Solicito ao Executivo Municipal que providencie o cascalhamento da rua Floriano de Lima Jacobi.</t>
+  </si>
+  <si>
+    <t>019/2025 PEDIDO DE PROVIDÊNCIA</t>
+  </si>
+  <si>
+    <t>Solicito ao Executivo Municipal a realização da pintura das faixas de pedestres nas vias centrais do município, especialmente daquelas que se encontram desgastadas e atualmente sem visibilidade adequada.</t>
+  </si>
+  <si>
+    <t>020/2025 PEDIDO DE PROVIDÊNCIA</t>
+  </si>
+  <si>
+    <t>Solicito ao Executivo Municipal que providencie a construção de dois quebra-molas (redutores de velocidade) na Rua Albino Daros, sendo um localizado antes e outro após a entrada da Rua Arlindo Gradin, com o objetivo de aumentar a segurança viária na região.</t>
+  </si>
+  <si>
+    <t>021/2025 PEDIDO DE PROVIDÊNCIA</t>
+  </si>
+  <si>
+    <t>Solicito ao Executivo Municipal que providencie uma carga de cascalho, na entrada da balanlça na mangueira do parque de rodeio David de Lima Jacobi.</t>
+  </si>
+  <si>
+    <t>022/2025 PEDIDO DE PROVIDÊNCIA</t>
+  </si>
+  <si>
+    <t>Solicito ao Executivo Municipal que tome as devidas providências para a limpeza e o conserto das bocas de lobo e da tubulação na área industrial.</t>
+  </si>
+  <si>
+    <t>007/2025 INDICAÇÃO</t>
+  </si>
+  <si>
+    <t>Sugiro ao Executivo Municipal, por meio do setor competente, avalie a viabilidade de adquirir uma grade niveladora, com o objetivo de fortalecer a agricultura local e oferecer suporte aos produtores rurais do município.</t>
+  </si>
+  <si>
+    <t>008/2025 INDICAÇÃO</t>
+  </si>
+  <si>
+    <t>Sugiro ao Executivo Municipal, por meio do setor competente, avalie a viabilidade da criação de uma lei ou um programa de incentivo às famílias de baixa renda, com a finalidade de realizar a troca da infraestrutura elétrica da casa destas famílias.</t>
+  </si>
+  <si>
+    <t>009/2025 INDICAÇÃO</t>
+  </si>
+  <si>
+    <t>Sugiro ao Executivo Municipal, por meio do setor competente, avalie a viabilidade de alteração do local das torres de sinal e da central localizadas ao lado do ginásio de esportes Arlindo Gradin.</t>
+  </si>
+  <si>
+    <t>010/2025 INDICAÇÃO</t>
+  </si>
+  <si>
+    <t>Sugiro ao Executivo Municipal, por meio do setor competente, avalie a viabilidade a contratação de uma empresa especializada de segurança para reforçar a segurança nas escolas de nosso município.</t>
+  </si>
+  <si>
+    <t>011/2025 INDICAÇÃO</t>
+  </si>
+  <si>
+    <t>Sugiro ao Executivo Municipal, por meio do setor competente, avalie a viabilidade de adquirir um escarificador, com o objetivo de fortalecer a agricultura local e oferecer aos produtores rurais do município.</t>
+  </si>
+  <si>
+    <t>012/2025 INDICAÇÃO</t>
+  </si>
+  <si>
+    <t>Indico, na forma regimental, que seja solicitado ao Poder Executivo Municipal, por meio da Secretaria Municipal de Educação em conjunto com a Secretaria Municipal de Segurança Pública (ou órgão equivalente), a implantação de vigilantes armados nas escolas da rede municipal de ensino, com o objetivo de reforçar a segurança de alunos, professores e funcionários.</t>
+  </si>
+  <si>
+    <t>041/2025</t>
+  </si>
+  <si>
+    <t>041/2025 PROJETO DE LEI - EXECUTIVO</t>
+  </si>
+  <si>
+    <t>16/07/2025</t>
+  </si>
+  <si>
+    <t>Dispõe sobre o Plano Plurianual do Município para o período de 2026 a 2029 e dá outras providências.</t>
+  </si>
+  <si>
+    <t>042/2025</t>
+  </si>
+  <si>
+    <t>042/2025 PROJETO DE LEI - EXECUTIVO</t>
+  </si>
+  <si>
+    <t>25/07/2025</t>
+  </si>
+  <si>
+    <t>Autoriza o Município a ceder, a título gratuito, o uso da sala 06 em prédio público municipal (Antiga Rodoviária Municipal) à Câmara de Dirigentes Lojistas – CDL, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>043/2025</t>
+  </si>
+  <si>
+    <t>043/2025 PROJETO DE LEI - EXECUTIVO</t>
+  </si>
+  <si>
+    <t>Autoriza o Município a ceder, a título gratuito, o uso do imóvel situado na Avenida Brasília, nº 825, a EMATER/RS e ao Estado do Rio Grande do Sul (Inspetoria de Defesa Agropecuária de Barracão), e dá outras providências.</t>
+  </si>
+  <si>
+    <t>044/2025</t>
+  </si>
+  <si>
+    <t>044/2025 PROJETO DE LEI - EXECUTIVO</t>
+  </si>
+  <si>
+    <t>Institui “8º Campeonato Municipal de Laço” e autoriza gastos com a Semana Farroupilha, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>003/2025 PROJETO DE LEI - LEGISLATIVO</t>
+  </si>
+  <si>
+    <t>01/08/2025</t>
+  </si>
+  <si>
+    <t>Dispõe sobre o nome da Rua do Bairro Vila Nova, desta cidade de Barracão-RS, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>013/2025 INDICAÇÃO</t>
+  </si>
+  <si>
+    <t>Que seja avaliada a possibilidade de transformar o terreno anteriormente destinado à construção da Thermas em um loteamento urbano, com a devida infraestrutura e legalização, de modo que os lotes possam ser disponibilizados para venda.</t>
+  </si>
+  <si>
+    <t>001/2025 PROJETO DE LEI COMPLEMENTAR</t>
+  </si>
+  <si>
+    <t>15/08/2025</t>
+  </si>
+  <si>
+    <t>Altera redação da Lei Complementar nº 006/2011.</t>
+  </si>
+  <si>
+    <t>045/2025</t>
+  </si>
+  <si>
+    <t>045/2025 PROJETO DE LEI - EXECUTIVO</t>
+  </si>
+  <si>
+    <t>10/09/2025</t>
+  </si>
+  <si>
+    <t>Estabelece as Diretrizes Orçamentárias para o exercício econômico e financeiro de 2026 e dá outras providências.</t>
+  </si>
+  <si>
+    <t>046/2025</t>
+  </si>
+  <si>
+    <t>046/2025 PROJETO DE LEI - EXECUTIVO</t>
+  </si>
+  <si>
+    <t>12/09/2025</t>
+  </si>
+  <si>
+    <t>Autoriza a alienação de bens imóveis do patrimônio municipal e dá outras providências.</t>
+  </si>
+  <si>
+    <t>047/2025</t>
+  </si>
+  <si>
+    <t>047/2025 PROJETO DE LEI - EXECUTIVO</t>
+  </si>
+  <si>
+    <t>Autoriza a abertura de crédito especial ao orçamento anual de 2025 e dá outras providências.</t>
+  </si>
+  <si>
+    <t>023/2025 PEDIDO DE PROVIDÊNCIA</t>
+  </si>
+  <si>
+    <t>Solicita ao Executivo Municipal que providencie a proibição de estacionamento de veículos pesados na Rua Reginaldo Jacob Carneiro, no Bairro Uruguai.</t>
+  </si>
+  <si>
+    <t>024/2025 PEDIDO DE PROVIDÊNCIA</t>
+  </si>
+  <si>
+    <t>Solicita ao Executivo Municipal que providencie a colocação de placas de identificação de Comunidades do interior nas saídas da cidade e nas entradas das estradas gerais para as comunidades.</t>
+  </si>
+  <si>
+    <t>025/2025 PEDIDO DE PROVIDÊNCIA</t>
+  </si>
+  <si>
+    <t>Casairto Duarte da Luz - MDB</t>
+  </si>
+  <si>
+    <t>Solicita ao Executivo Municipal que providencie a manutenção da passarela do espraiado de São Jorge.</t>
+  </si>
+  <si>
+    <t>048/2025</t>
+  </si>
+  <si>
+    <t>048/2025 PROJETO DE LEI - EXECUTIVO</t>
+  </si>
+  <si>
+    <t>30/09/2025</t>
+  </si>
+  <si>
+    <t>Institui o Museu Municipal e dá outras providências.</t>
+  </si>
+  <si>
+    <t>014/2025 INDICAÇÃO</t>
+  </si>
+  <si>
+    <t>01/10/2025</t>
+  </si>
+  <si>
+    <t>Que seja estudada e providenciada a viabilidade de reajuste no salário base dos servidores ocupantes dos cargos de operadores de máquinas e motoristas do Poder Executivo Municipal.</t>
+  </si>
+  <si>
+    <t>049/2025</t>
+  </si>
+  <si>
+    <t>049/2025 PROJETO DE LEI - EXECUTIVO</t>
+  </si>
+  <si>
+    <t>02/10/2025</t>
+  </si>
+  <si>
+    <t>Altera o Anexo I da Lei Municipal nº 1.016/1996 e dá outras providências.</t>
+  </si>
+  <si>
+    <t>050/2025</t>
+  </si>
+  <si>
+    <t>050/2025 PROJETO DE LEI - EXECUTIVO</t>
+  </si>
+  <si>
+    <t>Transfere feriado municipal de 30 de maio.</t>
+  </si>
+  <si>
+    <t>051/2025</t>
+  </si>
+  <si>
+    <t>051/2025 PROJETO DE LEI - EXECUTIVO</t>
+  </si>
+  <si>
+    <t>Autoriza o Poder Executivo Municipal a realizar despesas, até o limite de R$ 30.000,00 (trinta mil reais), destinadas à comemoração do Dia do Servidor Público Municipal e dá outras providências.</t>
+  </si>
+  <si>
+    <t>052/2025</t>
+  </si>
+  <si>
+    <t>052/2025 PROJETO DE LEI - EXECUTIVO</t>
+  </si>
+  <si>
+    <t>14/10/2025</t>
+  </si>
+  <si>
+    <t>Altera a redação do art. 3º da Lei Municipal nº 3.732/2025.</t>
+  </si>
+  <si>
+    <t>053/2025</t>
+  </si>
+  <si>
+    <t>053/2025 PROJETO DE LEI - EXECUTIVO</t>
+  </si>
+  <si>
+    <t>17/10/2025</t>
+  </si>
+  <si>
+    <t>Autoriza o Poder Executivo Municipal a ceder a título de cessão de uso uma plantadeira e uma grade aradora agrícola para a Associação União Agrícola São Pedro.</t>
+  </si>
+  <si>
+    <t>054/2025</t>
+  </si>
+  <si>
+    <t>054/2025 PROJETO DE LEI - EXECUTIVO</t>
+  </si>
+  <si>
+    <t>31/10/2025</t>
+  </si>
+  <si>
+    <t>Autoriza o Poder Executivo Municipal a repassar valores para a Câmara de Dirigentes Lojistas - CDL, entidade da Sociedade Civil, sem fins lucrativos, com objetivo de realização da 12ª Festa do Pinhão e 13ª Expofeira.</t>
+  </si>
+  <si>
+    <t>026/2025 PEDIDO DE PROVIDÊNCIA</t>
+  </si>
+  <si>
+    <t>Solicito ao Executivo Municipal que providencie a atulização da rota da coleta do lixo na rua Fiorello Egidio Jordani.</t>
+  </si>
+  <si>
+    <t>027/2025 PEDIDO DE PROVIDÊNCIA</t>
+  </si>
+  <si>
+    <t>Solicito ao Executivo Municipal a aquisição de um batedor/batedeira de cereais para a secretaria da agricultura.</t>
+  </si>
+  <si>
+    <t>028/2025 PEDIDO DE PROVIDÊNCIA</t>
+  </si>
+  <si>
+    <t>Solicito ao Executivo Municipal que providencie a entrega das escrituras que estão faltando no Bairro Uruguai.</t>
+  </si>
+  <si>
+    <t>029/2025 PEDIDO DE PROVIDÊNCIA</t>
+  </si>
+  <si>
+    <t>Venho por meio deste, solicitar a providência para a realização da reforma dos banheiros públicos localizados na Praça da Igreja Matriz, considerando que as atuais condições não atendem adequadamente às necessidades dos frequentadores do local, comprometendo a higiene e o conforto da população. Solicito também a melhoria dos passeios da referida praça, que se encontram danificados, representando risco aos pedestres e dificultando o acesso e o uso seguro da área pública.</t>
+  </si>
+  <si>
+    <t>055/2025</t>
+  </si>
+  <si>
+    <t>055/2025 PROJETO DE LEI - EXECUTIVO</t>
+  </si>
+  <si>
+    <t>11/11/2025</t>
+  </si>
+  <si>
+    <t>Altera a redação dos incisos V e VI do art. 1º da Lei Municipal nº 3.754/2025.</t>
+  </si>
+  <si>
+    <t>056/2025</t>
+  </si>
+  <si>
+    <t>056/2025 PROJETO DE LEI - EXECUTIVO</t>
+  </si>
+  <si>
+    <t>13/11/2025</t>
+  </si>
+  <si>
+    <t>Autoriza o Poder Executivo Municipal a doar o lote nº 08, da quadra 04, da área industrial a empresa Michele Ribeiro Balzan ME.</t>
+  </si>
+  <si>
+    <t>057/2025</t>
+  </si>
+  <si>
+    <t>057/2025 PROJETO DE LEI - EXECUTIVO</t>
+  </si>
+  <si>
+    <t>Autoriza o Poder Executivo Municipal a ceder a título de cessão de uso uma carreta agrícola para a Associação Primeira Conquista Barraconense.</t>
+  </si>
+  <si>
+    <t>009/2025 PROJETO DE EMENDA À LEI ORGÂNICA</t>
+  </si>
+  <si>
     <t>ANDRÉIA LIMA LOPES</t>
   </si>
   <si>
-    <t>Altera a redação do art. 19 da Lei Municipal nº 2.340 de 20 de agosto de 2003.</t>
-[...748 lines deleted...]
-  <si>
     <t>Altera Art. 44 da Lei Orgânica.</t>
   </si>
   <si>
     <t>003/2025 PROJETO DE RESOLUÇÃO</t>
   </si>
   <si>
     <t>Altera o Art. 18 do Regimento Interno da Câmara de Vereadores de Barracão.</t>
   </si>
   <si>
     <t>058/2025</t>
   </si>
   <si>
     <t>058/2025 PROJETO DE LEI - EXECUTIVO</t>
   </si>
   <si>
     <t>14/11/2025</t>
   </si>
   <si>
     <t>Estima a receita e fixa a despesa do Município para o exercício econômico e financeiro de 2026 e dá outras providências.</t>
   </si>
   <si>
     <t>01/2025</t>
   </si>
   <si>
     <t>01/2025 PGR / LTCAT / PCMSO</t>
@@ -2201,51 +2201,144 @@
   <si>
     <t>059/2025 PROJETO DE LEI - EXECUTIVO</t>
   </si>
   <si>
     <t>28/11/2025</t>
   </si>
   <si>
     <t>Altera a redação do art. 96 da Lei Municipal nº 3.591/2022.</t>
   </si>
   <si>
     <t>060/2025</t>
   </si>
   <si>
     <t>060/2025 PROJETO DE LEI - EXECUTIVO</t>
   </si>
   <si>
     <t>Altera a Lei Municipal nº 2.616, de 21 de dezembro de 2006, para revogar o artigo 99, que dispõe sobre a perda do direito às férias de servidores públicos.</t>
   </si>
   <si>
     <t>030/2025 PEDIDO DE PROVIDÊNCIA</t>
   </si>
   <si>
     <t>Solicito ao Executivo Municipal que providencie a substituição dos redutores de velocidade(quebra molas) por faixa elevada de pedestres, no perímetro compreendido entre a Avenida Brasília, Centro, e a Rua Porto Alegre, Bairro Uruguai, nos dois sentidos da via.</t>
   </si>
   <si>
-    <t>Total: 246</t>
+    <t>015/2025 INDICAÇÃO</t>
+  </si>
+  <si>
+    <t>12/12/2025</t>
+  </si>
+  <si>
+    <t>Sugere ao Senhor Prefeito Municipal que determine uma destinação de 20% (vinte por cento) das sobras orçamentárias da Câmara Municipal de Vereadores de Barracão para a Secretaria Municipal de Educação, com o objetivo de aquisição de equipamentos para a implantação de uma sala de atendimento especializada para crianças com Transtorno do Espectro Autista (TEA).</t>
+  </si>
+  <si>
+    <t>061/2025</t>
+  </si>
+  <si>
+    <t>061/2025 PROJETO DE LEI - EXECUTIVO</t>
+  </si>
+  <si>
+    <t>16/12/2025</t>
+  </si>
+  <si>
+    <t>Autoriza o Poder Executivo Municipal a realizar contratação temporária emergencial de excepcional interesse público para o cargo de operador de máquinas.</t>
+  </si>
+  <si>
+    <t>004/2025 MOÇÃO</t>
+  </si>
+  <si>
+    <t>22/12/2025</t>
+  </si>
+  <si>
+    <t>AO PROJETO DE LEI Nº 412/2025, QUE PROÍBE A RECONSTITUIÇÃO DO LEITE EM PÓ DE ORIGEM IMPORTADA.</t>
+  </si>
+  <si>
+    <t>001/2026</t>
+  </si>
+  <si>
+    <t>001/2026 RELATÓRIO OUVIDORIA</t>
+  </si>
+  <si>
+    <t>06/01/2026</t>
+  </si>
+  <si>
+    <t>Relatório Anual da Ouvidoria da Câmara de Barracão 2025</t>
+  </si>
+  <si>
+    <t>001/2026 PROJETO DE LEI - EXECUTIVO</t>
+  </si>
+  <si>
+    <t>15/01/2026</t>
+  </si>
+  <si>
+    <t>002/2026</t>
+  </si>
+  <si>
+    <t>002/2026 PROJETO DE LEI - EXECUTIVO</t>
+  </si>
+  <si>
+    <t>003/2026</t>
+  </si>
+  <si>
+    <t>003/2026 PROJETO DE LEI - EXECUTIVO</t>
+  </si>
+  <si>
+    <t>Dá nova redação ao artigo 99 da Lei Municipal nº 2.616, de 21 de dezembro de 2006.</t>
+  </si>
+  <si>
+    <t>004/2026</t>
+  </si>
+  <si>
+    <t>004/2026 PROJETO DE LEI - EXECUTIVO</t>
+  </si>
+  <si>
+    <t>Autoriza o Poder Executivo Municipal a conceder aumento no valor do vale-refeição, instituído pela Lei nº. 2.552, de 20 de janeiro de 2006.</t>
+  </si>
+  <si>
+    <t>005/2026</t>
+  </si>
+  <si>
+    <t>005/2026 PROJETO DE LEI - EXECUTIVO</t>
+  </si>
+  <si>
+    <t>001/2026 PROJETO DE LEI - LEGISLATIVO</t>
+  </si>
+  <si>
+    <t>16/01/2026</t>
+  </si>
+  <si>
+    <t>Concede revisão geral anual e aumento nos vencimentos dos servidores do Poder Legislativo.</t>
+  </si>
+  <si>
+    <t>002/2026 PROJETO DE LEI - LEGISLATIVO</t>
+  </si>
+  <si>
+    <t>Autoriza o Poder Legislativo Municipal a conceder aumento no valor do vale-refeição, instituído pela Lei nº. 2.555, de 13 de Fevereiro de 2006.</t>
+  </si>
+  <si>
+    <t>Total: 257</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -2564,54 +2657,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G249"/>
+  <dimension ref="A1:G260"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="C248" sqref="C248"/>
+      <selection activeCell="C259" sqref="C259"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
       <c r="E1" s="2"/>
       <c r="F1" s="2"/>
       <c r="G1" s="2"/>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" t="s">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>2</v>
       </c>
       <c r="C2" t="s">
         <v>3</v>
       </c>
@@ -6033,2218 +6126,2471 @@
       </c>
       <c r="F153" t="s">
         <v>450</v>
       </c>
       <c r="G153" t="s">
         <v>455</v>
       </c>
     </row>
     <row r="154" spans="1:7">
       <c r="A154">
         <v>20250156</v>
       </c>
       <c r="B154" t="s">
         <v>456</v>
       </c>
       <c r="C154" s="2" t="s">
         <v>457</v>
       </c>
       <c r="D154" t="s">
         <v>458</v>
       </c>
       <c r="E154" t="s">
         <v>75</v>
       </c>
       <c r="F154" t="s">
+        <v>97</v>
+      </c>
+      <c r="G154" t="s">
         <v>459</v>
-      </c>
-[...1 lines deleted...]
-        <v>460</v>
       </c>
     </row>
     <row r="155" spans="1:7">
       <c r="A155">
         <v>20250157</v>
       </c>
       <c r="B155" t="s">
+        <v>460</v>
+      </c>
+      <c r="C155" s="2" t="s">
         <v>461</v>
-      </c>
-[...1 lines deleted...]
-        <v>462</v>
       </c>
       <c r="D155" t="s">
         <v>458</v>
       </c>
       <c r="E155" t="s">
         <v>75</v>
       </c>
       <c r="F155" t="s">
-        <v>459</v>
+        <v>97</v>
       </c>
       <c r="G155" t="s">
-        <v>463</v>
+        <v>462</v>
       </c>
     </row>
     <row r="156" spans="1:7">
       <c r="A156">
         <v>20250158</v>
       </c>
       <c r="B156" t="s">
+        <v>463</v>
+      </c>
+      <c r="C156" s="2" t="s">
         <v>464</v>
-      </c>
-[...1 lines deleted...]
-        <v>465</v>
       </c>
       <c r="D156" t="s">
         <v>458</v>
       </c>
       <c r="E156" t="s">
         <v>75</v>
       </c>
       <c r="F156" t="s">
-        <v>459</v>
+        <v>97</v>
       </c>
       <c r="G156" t="s">
-        <v>466</v>
+        <v>465</v>
       </c>
     </row>
     <row r="157" spans="1:7">
       <c r="A157">
         <v>20250159</v>
       </c>
       <c r="B157" t="s">
+        <v>466</v>
+      </c>
+      <c r="C157" s="2" t="s">
         <v>467</v>
       </c>
-      <c r="C157" s="2" t="s">
+      <c r="D157" t="s">
         <v>468</v>
       </c>
-      <c r="D157" t="s">
+      <c r="E157" t="s">
+        <v>11</v>
+      </c>
+      <c r="F157" t="s">
+        <v>97</v>
+      </c>
+      <c r="G157" t="s">
         <v>469</v>
-      </c>
-[...7 lines deleted...]
-        <v>470</v>
       </c>
     </row>
     <row r="158" spans="1:7">
       <c r="A158">
         <v>20250160</v>
       </c>
       <c r="B158" t="s">
+        <v>470</v>
+      </c>
+      <c r="C158" s="2" t="s">
         <v>471</v>
       </c>
-      <c r="C158" s="2" t="s">
+      <c r="D158" t="s">
         <v>472</v>
       </c>
-      <c r="D158" t="s">
+      <c r="E158" t="s">
+        <v>11</v>
+      </c>
+      <c r="F158" t="s">
+        <v>97</v>
+      </c>
+      <c r="G158" t="s">
         <v>473</v>
-      </c>
-[...7 lines deleted...]
-        <v>474</v>
       </c>
     </row>
     <row r="159" spans="1:7">
       <c r="A159">
         <v>20250161</v>
       </c>
       <c r="B159" t="s">
+        <v>474</v>
+      </c>
+      <c r="C159" s="2" t="s">
         <v>475</v>
       </c>
-      <c r="C159" s="2" t="s">
+      <c r="D159" t="s">
+        <v>472</v>
+      </c>
+      <c r="E159" t="s">
+        <v>11</v>
+      </c>
+      <c r="F159" t="s">
+        <v>97</v>
+      </c>
+      <c r="G159" t="s">
         <v>476</v>
-      </c>
-[...10 lines deleted...]
-        <v>477</v>
       </c>
     </row>
     <row r="160" spans="1:7">
       <c r="A160">
         <v>20250162</v>
       </c>
       <c r="B160" t="s">
+        <v>477</v>
+      </c>
+      <c r="C160" s="2" t="s">
         <v>478</v>
       </c>
-      <c r="C160" s="2" t="s">
+      <c r="D160" t="s">
+        <v>472</v>
+      </c>
+      <c r="E160" t="s">
+        <v>11</v>
+      </c>
+      <c r="F160" t="s">
+        <v>97</v>
+      </c>
+      <c r="G160" t="s">
         <v>479</v>
-      </c>
-[...10 lines deleted...]
-        <v>480</v>
       </c>
     </row>
     <row r="161" spans="1:7">
       <c r="A161">
         <v>20250163</v>
       </c>
       <c r="B161" t="s">
         <v>404</v>
       </c>
       <c r="C161" s="2" t="s">
+        <v>480</v>
+      </c>
+      <c r="D161" t="s">
         <v>481</v>
-      </c>
-[...1 lines deleted...]
-        <v>482</v>
       </c>
       <c r="E161" t="s">
         <v>11</v>
       </c>
       <c r="F161" t="s">
         <v>12</v>
       </c>
       <c r="G161" t="s">
-        <v>483</v>
+        <v>482</v>
       </c>
     </row>
     <row r="162" spans="1:7">
       <c r="A162">
         <v>20250164</v>
       </c>
       <c r="B162" t="s">
+        <v>483</v>
+      </c>
+      <c r="C162" s="2" t="s">
         <v>484</v>
       </c>
-      <c r="C162" s="2" t="s">
+      <c r="D162" t="s">
         <v>485</v>
-      </c>
-[...1 lines deleted...]
-        <v>486</v>
       </c>
       <c r="E162" t="s">
         <v>75</v>
       </c>
       <c r="F162" t="s">
         <v>97</v>
       </c>
       <c r="G162" t="s">
-        <v>487</v>
+        <v>486</v>
       </c>
     </row>
     <row r="163" spans="1:7">
       <c r="A163">
         <v>20250165</v>
       </c>
       <c r="B163" t="s">
         <v>428</v>
       </c>
       <c r="C163" s="2" t="s">
+        <v>487</v>
+      </c>
+      <c r="D163" t="s">
+        <v>485</v>
+      </c>
+      <c r="E163" t="s">
+        <v>11</v>
+      </c>
+      <c r="F163" t="s">
         <v>488</v>
       </c>
-      <c r="D163" t="s">
-[...5 lines deleted...]
-      <c r="F163" t="s">
+      <c r="G163" t="s">
         <v>489</v>
-      </c>
-[...1 lines deleted...]
-        <v>490</v>
       </c>
     </row>
     <row r="164" spans="1:7">
       <c r="A164">
         <v>20250166</v>
       </c>
       <c r="B164" t="s">
         <v>430</v>
       </c>
       <c r="C164" s="2" t="s">
+        <v>490</v>
+      </c>
+      <c r="D164" t="s">
+        <v>485</v>
+      </c>
+      <c r="E164" t="s">
+        <v>11</v>
+      </c>
+      <c r="F164" t="s">
+        <v>488</v>
+      </c>
+      <c r="G164" t="s">
         <v>491</v>
-      </c>
-[...10 lines deleted...]
-        <v>492</v>
       </c>
     </row>
     <row r="165" spans="1:7">
       <c r="A165">
         <v>20250167</v>
       </c>
       <c r="B165" t="s">
         <v>407</v>
       </c>
       <c r="C165" s="2" t="s">
+        <v>492</v>
+      </c>
+      <c r="D165" t="s">
+        <v>485</v>
+      </c>
+      <c r="E165" t="s">
+        <v>11</v>
+      </c>
+      <c r="F165" t="s">
         <v>493</v>
       </c>
-      <c r="D165" t="s">
-[...5 lines deleted...]
-      <c r="F165" t="s">
+      <c r="G165" t="s">
         <v>494</v>
-      </c>
-[...1 lines deleted...]
-        <v>495</v>
       </c>
     </row>
     <row r="166" spans="1:7">
       <c r="A166">
         <v>20250168</v>
       </c>
       <c r="B166" t="s">
         <v>401</v>
       </c>
       <c r="C166" s="2" t="s">
+        <v>495</v>
+      </c>
+      <c r="D166" t="s">
+        <v>485</v>
+      </c>
+      <c r="E166" t="s">
+        <v>11</v>
+      </c>
+      <c r="F166" t="s">
+        <v>493</v>
+      </c>
+      <c r="G166" t="s">
         <v>496</v>
-      </c>
-[...10 lines deleted...]
-        <v>497</v>
       </c>
     </row>
     <row r="167" spans="1:7">
       <c r="A167">
         <v>20250169</v>
       </c>
       <c r="B167" t="s">
         <v>410</v>
       </c>
       <c r="C167" s="2" t="s">
+        <v>497</v>
+      </c>
+      <c r="D167" t="s">
         <v>498</v>
       </c>
-      <c r="D167" t="s">
+      <c r="E167" t="s">
+        <v>11</v>
+      </c>
+      <c r="F167" t="s">
         <v>499</v>
       </c>
-      <c r="E167" t="s">
-[...2 lines deleted...]
-      <c r="F167" t="s">
+      <c r="G167" t="s">
         <v>500</v>
-      </c>
-[...1 lines deleted...]
-        <v>501</v>
       </c>
     </row>
     <row r="168" spans="1:7">
       <c r="A168">
         <v>20250170</v>
       </c>
       <c r="B168" t="s">
         <v>456</v>
       </c>
       <c r="C168" s="2" t="s">
+        <v>501</v>
+      </c>
+      <c r="D168" t="s">
+        <v>485</v>
+      </c>
+      <c r="E168" t="s">
+        <v>11</v>
+      </c>
+      <c r="F168" t="s">
+        <v>488</v>
+      </c>
+      <c r="G168" t="s">
         <v>502</v>
-      </c>
-[...10 lines deleted...]
-        <v>503</v>
       </c>
     </row>
     <row r="169" spans="1:7">
       <c r="A169">
         <v>20250171</v>
       </c>
       <c r="B169" t="s">
-        <v>461</v>
+        <v>460</v>
       </c>
       <c r="C169" s="2" t="s">
+        <v>503</v>
+      </c>
+      <c r="D169" t="s">
         <v>504</v>
-      </c>
-[...1 lines deleted...]
-        <v>505</v>
       </c>
       <c r="E169" t="s">
         <v>11</v>
       </c>
       <c r="F169" t="s">
         <v>435</v>
       </c>
       <c r="G169" t="s">
-        <v>506</v>
+        <v>505</v>
       </c>
     </row>
     <row r="170" spans="1:7">
       <c r="A170">
         <v>20250172</v>
       </c>
       <c r="B170" t="s">
-        <v>464</v>
+        <v>463</v>
       </c>
       <c r="C170" s="2" t="s">
-        <v>507</v>
+        <v>506</v>
       </c>
       <c r="D170" t="s">
-        <v>505</v>
+        <v>504</v>
       </c>
       <c r="E170" t="s">
         <v>11</v>
       </c>
       <c r="F170" t="s">
         <v>435</v>
       </c>
       <c r="G170" t="s">
-        <v>508</v>
+        <v>507</v>
       </c>
     </row>
     <row r="171" spans="1:7">
       <c r="A171">
         <v>20250173</v>
       </c>
       <c r="B171" t="s">
+        <v>508</v>
+      </c>
+      <c r="C171" s="2" t="s">
         <v>509</v>
       </c>
-      <c r="C171" s="2" t="s">
+      <c r="D171" t="s">
         <v>510</v>
-      </c>
-[...1 lines deleted...]
-        <v>511</v>
       </c>
       <c r="E171" t="s">
         <v>11</v>
       </c>
       <c r="F171" t="s">
         <v>97</v>
       </c>
       <c r="G171" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="172" spans="1:7">
       <c r="A172">
         <v>20250174</v>
       </c>
       <c r="B172" t="s">
+        <v>511</v>
+      </c>
+      <c r="C172" s="2" t="s">
         <v>512</v>
       </c>
-      <c r="C172" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D172" t="s">
-        <v>511</v>
+        <v>510</v>
       </c>
       <c r="E172" t="s">
         <v>75</v>
       </c>
       <c r="F172" t="s">
         <v>97</v>
       </c>
       <c r="G172" t="s">
         <v>174</v>
       </c>
     </row>
     <row r="173" spans="1:7">
       <c r="A173">
         <v>20250175</v>
       </c>
       <c r="B173" t="s">
+        <v>513</v>
+      </c>
+      <c r="C173" s="2" t="s">
         <v>514</v>
       </c>
-      <c r="C173" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D173" t="s">
-        <v>511</v>
+        <v>510</v>
       </c>
       <c r="E173" t="s">
         <v>75</v>
       </c>
       <c r="F173" t="s">
         <v>97</v>
       </c>
       <c r="G173" t="s">
-        <v>516</v>
+        <v>515</v>
       </c>
     </row>
     <row r="174" spans="1:7">
       <c r="A174">
         <v>20250176</v>
       </c>
       <c r="B174" t="s">
+        <v>516</v>
+      </c>
+      <c r="C174" s="2" t="s">
         <v>517</v>
       </c>
-      <c r="C174" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D174" t="s">
-        <v>511</v>
+        <v>510</v>
       </c>
       <c r="E174" t="s">
         <v>403</v>
       </c>
       <c r="F174" t="s">
-        <v>459</v>
+        <v>97</v>
       </c>
       <c r="G174" t="s">
-        <v>519</v>
+        <v>518</v>
       </c>
     </row>
     <row r="175" spans="1:7">
       <c r="A175">
         <v>20250177</v>
       </c>
       <c r="B175" t="s">
+        <v>519</v>
+      </c>
+      <c r="C175" s="2" t="s">
         <v>520</v>
       </c>
-      <c r="C175" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D175" t="s">
-        <v>511</v>
+        <v>510</v>
       </c>
       <c r="E175" t="s">
         <v>403</v>
       </c>
       <c r="F175" t="s">
-        <v>459</v>
+        <v>97</v>
       </c>
       <c r="G175" t="s">
-        <v>522</v>
+        <v>521</v>
       </c>
     </row>
     <row r="176" spans="1:7">
       <c r="A176">
         <v>20250178</v>
       </c>
       <c r="B176" t="s">
+        <v>522</v>
+      </c>
+      <c r="C176" s="2" t="s">
         <v>523</v>
       </c>
-      <c r="C176" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D176" t="s">
-        <v>511</v>
+        <v>510</v>
       </c>
       <c r="E176" t="s">
         <v>403</v>
       </c>
       <c r="F176" t="s">
-        <v>459</v>
+        <v>97</v>
       </c>
       <c r="G176" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="177" spans="1:7">
       <c r="A177">
         <v>20250179</v>
       </c>
       <c r="B177" t="s">
+        <v>524</v>
+      </c>
+      <c r="C177" s="2" t="s">
         <v>525</v>
       </c>
-      <c r="C177" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D177" t="s">
-        <v>511</v>
+        <v>510</v>
       </c>
       <c r="E177" t="s">
         <v>75</v>
       </c>
       <c r="F177" t="s">
-        <v>459</v>
+        <v>97</v>
       </c>
       <c r="G177" t="s">
         <v>131</v>
       </c>
     </row>
     <row r="178" spans="1:7">
       <c r="A178">
         <v>20250180</v>
       </c>
       <c r="B178" t="s">
+        <v>526</v>
+      </c>
+      <c r="C178" s="2" t="s">
         <v>527</v>
       </c>
-      <c r="C178" s="2" t="s">
+      <c r="D178" t="s">
         <v>528</v>
-      </c>
-[...1 lines deleted...]
-        <v>529</v>
       </c>
       <c r="E178" t="s">
         <v>75</v>
       </c>
       <c r="F178" t="s">
-        <v>459</v>
+        <v>97</v>
       </c>
       <c r="G178" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="179" spans="1:7">
       <c r="A179">
         <v>20250181</v>
       </c>
       <c r="B179" t="s">
+        <v>529</v>
+      </c>
+      <c r="C179" s="2" t="s">
         <v>530</v>
       </c>
-      <c r="C179" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D179" t="s">
-        <v>529</v>
+        <v>528</v>
       </c>
       <c r="E179" t="s">
         <v>403</v>
       </c>
       <c r="F179" t="s">
-        <v>459</v>
+        <v>97</v>
       </c>
       <c r="G179" t="s">
-        <v>532</v>
+        <v>531</v>
       </c>
     </row>
     <row r="180" spans="1:7">
       <c r="A180">
         <v>20250182</v>
       </c>
       <c r="B180" t="s">
+        <v>532</v>
+      </c>
+      <c r="C180" s="2" t="s">
         <v>533</v>
       </c>
-      <c r="C180" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D180" t="s">
-        <v>529</v>
+        <v>528</v>
       </c>
       <c r="E180" t="s">
         <v>75</v>
       </c>
       <c r="F180" t="s">
-        <v>459</v>
+        <v>97</v>
       </c>
       <c r="G180" t="s">
         <v>247</v>
       </c>
     </row>
     <row r="181" spans="1:7">
       <c r="A181">
         <v>20250183</v>
       </c>
       <c r="B181" t="s">
+        <v>534</v>
+      </c>
+      <c r="C181" s="2" t="s">
         <v>535</v>
       </c>
-      <c r="C181" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D181" t="s">
-        <v>529</v>
+        <v>528</v>
       </c>
       <c r="E181" t="s">
         <v>75</v>
       </c>
       <c r="F181" t="s">
-        <v>459</v>
+        <v>97</v>
       </c>
       <c r="G181" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="182" spans="1:7">
       <c r="A182">
         <v>20250184</v>
       </c>
       <c r="B182" t="s">
-        <v>467</v>
+        <v>466</v>
       </c>
       <c r="C182" s="2" t="s">
-        <v>537</v>
+        <v>536</v>
       </c>
       <c r="D182" t="s">
-        <v>529</v>
+        <v>528</v>
       </c>
       <c r="E182" t="s">
         <v>11</v>
       </c>
       <c r="F182" t="s">
         <v>435</v>
       </c>
       <c r="G182" t="s">
-        <v>538</v>
+        <v>537</v>
       </c>
     </row>
     <row r="183" spans="1:7">
       <c r="A183">
         <v>20250185</v>
       </c>
       <c r="B183" t="s">
         <v>401</v>
       </c>
       <c r="C183" s="2" t="s">
-        <v>539</v>
+        <v>538</v>
       </c>
       <c r="D183" t="s">
-        <v>529</v>
+        <v>528</v>
       </c>
       <c r="E183" t="s">
         <v>11</v>
       </c>
       <c r="F183" t="s">
         <v>12</v>
       </c>
       <c r="G183" t="s">
-        <v>540</v>
+        <v>539</v>
       </c>
     </row>
     <row r="184" spans="1:7">
       <c r="A184">
         <v>20250186</v>
       </c>
       <c r="B184" t="s">
         <v>401</v>
       </c>
       <c r="C184" s="2" t="s">
+        <v>540</v>
+      </c>
+      <c r="D184" t="s">
         <v>541</v>
-      </c>
-[...1 lines deleted...]
-        <v>542</v>
       </c>
       <c r="E184" t="s">
         <v>75</v>
       </c>
       <c r="F184" t="s">
-        <v>459</v>
+        <v>97</v>
       </c>
       <c r="G184" t="s">
-        <v>543</v>
+        <v>542</v>
       </c>
     </row>
     <row r="185" spans="1:7">
       <c r="A185">
         <v>20250187</v>
       </c>
       <c r="B185" t="s">
         <v>404</v>
       </c>
       <c r="C185" s="2" t="s">
-        <v>544</v>
+        <v>543</v>
       </c>
       <c r="D185" t="s">
-        <v>542</v>
+        <v>541</v>
       </c>
       <c r="E185" t="s">
         <v>75</v>
       </c>
       <c r="F185" t="s">
-        <v>459</v>
+        <v>97</v>
       </c>
       <c r="G185" t="s">
-        <v>545</v>
+        <v>544</v>
       </c>
     </row>
     <row r="186" spans="1:7">
       <c r="A186">
         <v>20250188</v>
       </c>
       <c r="B186" t="s">
+        <v>545</v>
+      </c>
+      <c r="C186" s="2" t="s">
         <v>546</v>
       </c>
-      <c r="C186" s="2" t="s">
+      <c r="D186" t="s">
         <v>547</v>
-      </c>
-[...1 lines deleted...]
-        <v>548</v>
       </c>
       <c r="E186" t="s">
         <v>75</v>
       </c>
       <c r="F186" t="s">
-        <v>459</v>
+        <v>97</v>
       </c>
       <c r="G186" t="s">
-        <v>549</v>
+        <v>548</v>
       </c>
     </row>
     <row r="187" spans="1:7">
       <c r="A187">
         <v>20250189</v>
       </c>
       <c r="B187" t="s">
+        <v>549</v>
+      </c>
+      <c r="C187" s="2" t="s">
         <v>550</v>
       </c>
-      <c r="C187" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D187" t="s">
-        <v>548</v>
+        <v>547</v>
       </c>
       <c r="E187" t="s">
         <v>75</v>
       </c>
       <c r="F187" t="s">
-        <v>459</v>
+        <v>97</v>
       </c>
       <c r="G187" t="s">
-        <v>552</v>
+        <v>551</v>
       </c>
     </row>
     <row r="188" spans="1:7">
       <c r="A188">
         <v>20250190</v>
       </c>
       <c r="B188" t="s">
+        <v>552</v>
+      </c>
+      <c r="C188" s="2" t="s">
         <v>553</v>
       </c>
-      <c r="C188" s="2" t="s">
+      <c r="D188" t="s">
         <v>554</v>
-      </c>
-[...1 lines deleted...]
-        <v>555</v>
       </c>
       <c r="E188" t="s">
         <v>75</v>
       </c>
       <c r="F188" t="s">
-        <v>459</v>
+        <v>97</v>
       </c>
       <c r="G188" t="s">
-        <v>556</v>
+        <v>555</v>
       </c>
     </row>
     <row r="189" spans="1:7">
       <c r="A189">
         <v>20250191</v>
       </c>
       <c r="B189" t="s">
+        <v>556</v>
+      </c>
+      <c r="C189" s="2" t="s">
         <v>557</v>
       </c>
-      <c r="C189" s="2" t="s">
+      <c r="D189" t="s">
         <v>558</v>
-      </c>
-[...1 lines deleted...]
-        <v>559</v>
       </c>
       <c r="E189" t="s">
         <v>75</v>
       </c>
       <c r="F189" t="s">
         <v>97</v>
       </c>
       <c r="G189" t="s">
-        <v>560</v>
+        <v>559</v>
       </c>
     </row>
     <row r="190" spans="1:7">
       <c r="A190">
         <v>20250192</v>
       </c>
       <c r="B190" t="s">
+        <v>560</v>
+      </c>
+      <c r="C190" s="2" t="s">
         <v>561</v>
       </c>
-      <c r="C190" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D190" t="s">
-        <v>559</v>
+        <v>558</v>
       </c>
       <c r="E190" t="s">
         <v>75</v>
       </c>
       <c r="F190" t="s">
         <v>97</v>
       </c>
       <c r="G190" t="s">
-        <v>563</v>
+        <v>562</v>
       </c>
     </row>
     <row r="191" spans="1:7">
       <c r="A191">
         <v>20250193</v>
       </c>
       <c r="B191" t="s">
+        <v>563</v>
+      </c>
+      <c r="C191" s="2" t="s">
         <v>564</v>
       </c>
-      <c r="C191" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D191" t="s">
-        <v>559</v>
+        <v>558</v>
       </c>
       <c r="E191" t="s">
         <v>75</v>
       </c>
       <c r="F191" t="s">
         <v>97</v>
       </c>
       <c r="G191" t="s">
-        <v>566</v>
+        <v>565</v>
       </c>
     </row>
     <row r="192" spans="1:7">
       <c r="A192">
         <v>20250194</v>
       </c>
       <c r="B192" t="s">
         <v>413</v>
       </c>
       <c r="C192" s="2" t="s">
+        <v>566</v>
+      </c>
+      <c r="D192" t="s">
+        <v>558</v>
+      </c>
+      <c r="E192" t="s">
+        <v>11</v>
+      </c>
+      <c r="F192" t="s">
         <v>567</v>
       </c>
-      <c r="D192" t="s">
-[...5 lines deleted...]
-      <c r="F192" t="s">
+      <c r="G192" t="s">
         <v>568</v>
-      </c>
-[...1 lines deleted...]
-        <v>569</v>
       </c>
     </row>
     <row r="193" spans="1:7">
       <c r="A193">
         <v>20250195</v>
       </c>
       <c r="B193" t="s">
-        <v>471</v>
+        <v>470</v>
       </c>
       <c r="C193" s="2" t="s">
+        <v>569</v>
+      </c>
+      <c r="D193" t="s">
+        <v>558</v>
+      </c>
+      <c r="E193" t="s">
+        <v>11</v>
+      </c>
+      <c r="F193" t="s">
         <v>570</v>
       </c>
-      <c r="D193" t="s">
-[...5 lines deleted...]
-      <c r="F193" t="s">
+      <c r="G193" t="s">
         <v>571</v>
-      </c>
-[...1 lines deleted...]
-        <v>572</v>
       </c>
     </row>
     <row r="194" spans="1:7">
       <c r="A194">
         <v>20250196</v>
       </c>
       <c r="B194" t="s">
+        <v>572</v>
+      </c>
+      <c r="C194" s="2" t="s">
         <v>573</v>
       </c>
-      <c r="C194" s="2" t="s">
+      <c r="D194" t="s">
         <v>574</v>
-      </c>
-[...1 lines deleted...]
-        <v>575</v>
       </c>
       <c r="E194" t="s">
         <v>75</v>
       </c>
       <c r="F194" t="s">
         <v>97</v>
       </c>
       <c r="G194" t="s">
         <v>149</v>
       </c>
     </row>
     <row r="195" spans="1:7">
       <c r="A195">
         <v>20250197</v>
       </c>
       <c r="B195" t="s">
         <v>401</v>
       </c>
       <c r="C195" s="2" t="s">
+        <v>575</v>
+      </c>
+      <c r="D195" t="s">
         <v>576</v>
-      </c>
-[...1 lines deleted...]
-        <v>577</v>
       </c>
       <c r="E195" t="s">
         <v>11</v>
       </c>
       <c r="F195" t="s">
         <v>12</v>
       </c>
       <c r="G195" t="s">
-        <v>578</v>
+        <v>577</v>
       </c>
     </row>
     <row r="196" spans="1:7">
       <c r="A196">
         <v>20250198</v>
       </c>
       <c r="B196" t="s">
         <v>417</v>
       </c>
       <c r="C196" s="2" t="s">
+        <v>578</v>
+      </c>
+      <c r="D196" t="s">
         <v>579</v>
-      </c>
-[...1 lines deleted...]
-        <v>580</v>
       </c>
       <c r="E196" t="s">
         <v>11</v>
       </c>
       <c r="F196" t="s">
         <v>12</v>
       </c>
       <c r="G196" t="s">
-        <v>581</v>
+        <v>580</v>
       </c>
     </row>
     <row r="197" spans="1:7">
       <c r="A197">
         <v>20250199</v>
       </c>
       <c r="B197" t="s">
-        <v>475</v>
+        <v>474</v>
       </c>
       <c r="C197" s="2" t="s">
-        <v>582</v>
+        <v>581</v>
       </c>
       <c r="D197" t="s">
-        <v>580</v>
+        <v>579</v>
       </c>
       <c r="E197" t="s">
         <v>11</v>
       </c>
       <c r="F197" t="s">
         <v>435</v>
       </c>
       <c r="G197" t="s">
-        <v>583</v>
+        <v>582</v>
       </c>
     </row>
     <row r="198" spans="1:7">
       <c r="A198">
         <v>20250200</v>
       </c>
       <c r="B198" t="s">
-        <v>478</v>
+        <v>477</v>
       </c>
       <c r="C198" s="2" t="s">
-        <v>584</v>
+        <v>583</v>
       </c>
       <c r="D198" t="s">
-        <v>580</v>
+        <v>579</v>
       </c>
       <c r="E198" t="s">
         <v>11</v>
       </c>
       <c r="F198" t="s">
         <v>12</v>
       </c>
       <c r="G198" t="s">
-        <v>585</v>
+        <v>584</v>
       </c>
     </row>
     <row r="199" spans="1:7">
       <c r="A199">
         <v>20250201</v>
       </c>
       <c r="B199" t="s">
+        <v>585</v>
+      </c>
+      <c r="C199" s="2" t="s">
         <v>586</v>
       </c>
-      <c r="C199" s="2" t="s">
+      <c r="D199" t="s">
         <v>587</v>
-      </c>
-[...1 lines deleted...]
-        <v>588</v>
       </c>
       <c r="E199" t="s">
         <v>75</v>
       </c>
       <c r="F199" t="s">
         <v>97</v>
       </c>
       <c r="G199" t="s">
-        <v>589</v>
+        <v>588</v>
       </c>
     </row>
     <row r="200" spans="1:7">
       <c r="A200">
         <v>20250202</v>
       </c>
       <c r="B200" t="s">
+        <v>589</v>
+      </c>
+      <c r="C200" s="2" t="s">
         <v>590</v>
       </c>
-      <c r="C200" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D200" t="s">
-        <v>588</v>
+        <v>587</v>
       </c>
       <c r="E200" t="s">
         <v>75</v>
       </c>
       <c r="F200" t="s">
         <v>97</v>
       </c>
       <c r="G200" t="s">
-        <v>592</v>
+        <v>591</v>
       </c>
     </row>
     <row r="201" spans="1:7">
       <c r="A201">
         <v>20250203</v>
       </c>
       <c r="B201" t="s">
+        <v>592</v>
+      </c>
+      <c r="C201" s="2" t="s">
         <v>593</v>
       </c>
-      <c r="C201" s="2" t="s">
+      <c r="D201" t="s">
         <v>594</v>
-      </c>
-[...1 lines deleted...]
-        <v>595</v>
       </c>
       <c r="E201" t="s">
         <v>75</v>
       </c>
       <c r="F201" t="s">
-        <v>459</v>
+        <v>97</v>
       </c>
       <c r="G201" t="s">
-        <v>596</v>
+        <v>595</v>
       </c>
     </row>
     <row r="202" spans="1:7">
       <c r="A202">
         <v>20250204</v>
       </c>
       <c r="B202" t="s">
+        <v>596</v>
+      </c>
+      <c r="C202" s="2" t="s">
         <v>597</v>
       </c>
-      <c r="C202" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D202" t="s">
-        <v>595</v>
+        <v>594</v>
       </c>
       <c r="E202" t="s">
         <v>75</v>
       </c>
       <c r="F202" t="s">
-        <v>459</v>
+        <v>97</v>
       </c>
       <c r="G202" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="203" spans="1:7">
       <c r="A203">
         <v>20250205</v>
       </c>
       <c r="B203" t="s">
-        <v>484</v>
+        <v>483</v>
       </c>
       <c r="C203" s="2" t="s">
-        <v>599</v>
+        <v>598</v>
       </c>
       <c r="D203" t="s">
-        <v>595</v>
+        <v>594</v>
       </c>
       <c r="E203" t="s">
         <v>11</v>
       </c>
       <c r="F203" t="s">
         <v>12</v>
       </c>
       <c r="G203" t="s">
-        <v>600</v>
+        <v>599</v>
       </c>
     </row>
     <row r="204" spans="1:7">
       <c r="A204">
         <v>20250206</v>
       </c>
       <c r="B204" t="s">
-        <v>509</v>
+        <v>508</v>
       </c>
       <c r="C204" s="2" t="s">
-        <v>601</v>
+        <v>600</v>
       </c>
       <c r="D204" t="s">
-        <v>595</v>
+        <v>594</v>
       </c>
       <c r="E204" t="s">
         <v>11</v>
       </c>
       <c r="F204" t="s">
         <v>12</v>
       </c>
       <c r="G204" t="s">
-        <v>602</v>
+        <v>601</v>
       </c>
     </row>
     <row r="205" spans="1:7">
       <c r="A205">
         <v>20250207</v>
       </c>
       <c r="B205" t="s">
-        <v>512</v>
+        <v>511</v>
       </c>
       <c r="C205" s="2" t="s">
-        <v>603</v>
+        <v>602</v>
       </c>
       <c r="D205" t="s">
-        <v>595</v>
+        <v>594</v>
       </c>
       <c r="E205" t="s">
         <v>11</v>
       </c>
       <c r="F205" t="s">
         <v>12</v>
       </c>
       <c r="G205" t="s">
-        <v>604</v>
+        <v>603</v>
       </c>
     </row>
     <row r="206" spans="1:7">
       <c r="A206">
         <v>20250208</v>
       </c>
       <c r="B206" t="s">
-        <v>514</v>
+        <v>513</v>
       </c>
       <c r="C206" s="2" t="s">
-        <v>605</v>
+        <v>604</v>
       </c>
       <c r="D206" t="s">
-        <v>595</v>
+        <v>594</v>
       </c>
       <c r="E206" t="s">
         <v>11</v>
       </c>
       <c r="F206" t="s">
         <v>12</v>
       </c>
       <c r="G206" t="s">
-        <v>606</v>
+        <v>605</v>
       </c>
     </row>
     <row r="207" spans="1:7">
       <c r="A207">
         <v>20250209</v>
       </c>
       <c r="B207" t="s">
-        <v>517</v>
+        <v>516</v>
       </c>
       <c r="C207" s="2" t="s">
-        <v>607</v>
+        <v>606</v>
       </c>
       <c r="D207" t="s">
-        <v>595</v>
+        <v>594</v>
       </c>
       <c r="E207" t="s">
         <v>11</v>
       </c>
       <c r="F207" t="s">
         <v>12</v>
       </c>
       <c r="G207" t="s">
-        <v>608</v>
+        <v>607</v>
       </c>
     </row>
     <row r="208" spans="1:7">
       <c r="A208">
         <v>20250210</v>
       </c>
       <c r="B208" t="s">
         <v>421</v>
       </c>
       <c r="C208" s="2" t="s">
-        <v>609</v>
+        <v>608</v>
       </c>
       <c r="D208" t="s">
-        <v>595</v>
+        <v>594</v>
       </c>
       <c r="E208" t="s">
         <v>11</v>
       </c>
       <c r="F208" t="s">
         <v>12</v>
       </c>
       <c r="G208" t="s">
-        <v>610</v>
+        <v>609</v>
       </c>
     </row>
     <row r="209" spans="1:7">
       <c r="A209">
         <v>20250211</v>
       </c>
       <c r="B209" t="s">
         <v>426</v>
       </c>
       <c r="C209" s="2" t="s">
-        <v>611</v>
+        <v>610</v>
       </c>
       <c r="D209" t="s">
-        <v>595</v>
+        <v>594</v>
       </c>
       <c r="E209" t="s">
         <v>11</v>
       </c>
       <c r="F209" t="s">
         <v>12</v>
       </c>
       <c r="G209" t="s">
-        <v>612</v>
+        <v>611</v>
       </c>
     </row>
     <row r="210" spans="1:7">
       <c r="A210">
         <v>20250212</v>
       </c>
       <c r="B210" t="s">
         <v>428</v>
       </c>
       <c r="C210" s="2" t="s">
-        <v>613</v>
+        <v>612</v>
       </c>
       <c r="D210" t="s">
-        <v>595</v>
+        <v>594</v>
       </c>
       <c r="E210" t="s">
         <v>11</v>
       </c>
       <c r="F210" t="s">
         <v>12</v>
       </c>
       <c r="G210" t="s">
-        <v>614</v>
+        <v>613</v>
       </c>
     </row>
     <row r="211" spans="1:7">
       <c r="A211">
         <v>20250215</v>
       </c>
       <c r="B211" t="s">
         <v>430</v>
       </c>
       <c r="C211" s="2" t="s">
-        <v>615</v>
+        <v>614</v>
       </c>
       <c r="D211" t="s">
-        <v>595</v>
+        <v>594</v>
       </c>
       <c r="E211" t="s">
         <v>11</v>
       </c>
       <c r="F211" t="s">
         <v>12</v>
       </c>
       <c r="G211" t="s">
-        <v>616</v>
+        <v>615</v>
       </c>
     </row>
     <row r="212" spans="1:7">
       <c r="A212">
         <v>20250216</v>
       </c>
       <c r="B212" t="s">
         <v>456</v>
       </c>
       <c r="C212" s="2" t="s">
-        <v>617</v>
+        <v>616</v>
       </c>
       <c r="D212" t="s">
-        <v>595</v>
+        <v>594</v>
       </c>
       <c r="E212" t="s">
         <v>11</v>
       </c>
       <c r="F212" t="s">
         <v>12</v>
       </c>
       <c r="G212" t="s">
-        <v>618</v>
+        <v>617</v>
       </c>
     </row>
     <row r="213" spans="1:7">
       <c r="A213">
         <v>20250217</v>
       </c>
       <c r="B213" t="s">
-        <v>461</v>
+        <v>460</v>
       </c>
       <c r="C213" s="2" t="s">
-        <v>619</v>
+        <v>618</v>
       </c>
       <c r="D213" t="s">
-        <v>595</v>
+        <v>594</v>
       </c>
       <c r="E213" t="s">
         <v>11</v>
       </c>
       <c r="F213" t="s">
         <v>12</v>
       </c>
       <c r="G213" t="s">
-        <v>620</v>
+        <v>619</v>
       </c>
     </row>
     <row r="214" spans="1:7">
       <c r="A214">
         <v>20250218</v>
       </c>
       <c r="B214" t="s">
+        <v>620</v>
+      </c>
+      <c r="C214" s="2" t="s">
         <v>621</v>
       </c>
-      <c r="C214" s="2" t="s">
+      <c r="D214" t="s">
         <v>622</v>
-      </c>
-[...1 lines deleted...]
-        <v>623</v>
       </c>
       <c r="E214" t="s">
         <v>75</v>
       </c>
       <c r="F214" t="s">
-        <v>459</v>
+        <v>97</v>
       </c>
       <c r="G214" t="s">
-        <v>624</v>
+        <v>623</v>
       </c>
     </row>
     <row r="215" spans="1:7">
       <c r="A215">
         <v>20250219</v>
       </c>
       <c r="B215" t="s">
+        <v>624</v>
+      </c>
+      <c r="C215" s="2" t="s">
         <v>625</v>
       </c>
-      <c r="C215" s="2" t="s">
+      <c r="D215" t="s">
         <v>626</v>
-      </c>
-[...1 lines deleted...]
-        <v>627</v>
       </c>
       <c r="E215" t="s">
         <v>75</v>
       </c>
       <c r="F215" t="s">
-        <v>459</v>
+        <v>97</v>
       </c>
       <c r="G215" t="s">
-        <v>628</v>
+        <v>627</v>
       </c>
     </row>
     <row r="216" spans="1:7">
       <c r="A216">
         <v>20250220</v>
       </c>
       <c r="B216" t="s">
+        <v>628</v>
+      </c>
+      <c r="C216" s="2" t="s">
         <v>629</v>
       </c>
-      <c r="C216" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D216" t="s">
-        <v>627</v>
+        <v>626</v>
       </c>
       <c r="E216" t="s">
         <v>75</v>
       </c>
       <c r="F216" t="s">
-        <v>459</v>
+        <v>97</v>
       </c>
       <c r="G216" t="s">
-        <v>631</v>
+        <v>630</v>
       </c>
     </row>
     <row r="217" spans="1:7">
       <c r="A217">
         <v>20250221</v>
       </c>
       <c r="B217" t="s">
+        <v>631</v>
+      </c>
+      <c r="C217" s="2" t="s">
         <v>632</v>
       </c>
-      <c r="C217" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D217" t="s">
-        <v>627</v>
+        <v>626</v>
       </c>
       <c r="E217" t="s">
         <v>75</v>
       </c>
       <c r="F217" t="s">
-        <v>459</v>
+        <v>97</v>
       </c>
       <c r="G217" t="s">
-        <v>634</v>
+        <v>633</v>
       </c>
     </row>
     <row r="218" spans="1:7">
       <c r="A218">
         <v>20250222</v>
       </c>
       <c r="B218" t="s">
         <v>407</v>
       </c>
       <c r="C218" s="2" t="s">
+        <v>634</v>
+      </c>
+      <c r="D218" t="s">
         <v>635</v>
-      </c>
-[...1 lines deleted...]
-        <v>636</v>
       </c>
       <c r="E218" t="s">
         <v>403</v>
       </c>
       <c r="F218" t="s">
-        <v>459</v>
+        <v>97</v>
       </c>
       <c r="G218" t="s">
-        <v>637</v>
+        <v>636</v>
       </c>
     </row>
     <row r="219" spans="1:7">
       <c r="A219">
         <v>20250223</v>
       </c>
       <c r="B219" t="s">
-        <v>464</v>
+        <v>463</v>
       </c>
       <c r="C219" s="2" t="s">
-        <v>638</v>
+        <v>637</v>
       </c>
       <c r="D219" t="s">
-        <v>636</v>
+        <v>635</v>
       </c>
       <c r="E219" t="s">
         <v>11</v>
       </c>
       <c r="F219" t="s">
         <v>450</v>
       </c>
       <c r="G219" t="s">
-        <v>639</v>
+        <v>638</v>
       </c>
     </row>
     <row r="220" spans="1:7">
       <c r="A220">
         <v>20250224</v>
       </c>
       <c r="B220" t="s">
         <v>401</v>
       </c>
       <c r="C220" s="2" t="s">
+        <v>639</v>
+      </c>
+      <c r="D220" t="s">
         <v>640</v>
-      </c>
-[...1 lines deleted...]
-        <v>641</v>
       </c>
       <c r="E220" t="s">
         <v>75</v>
       </c>
       <c r="F220" t="s">
-        <v>459</v>
+        <v>97</v>
       </c>
       <c r="G220" t="s">
-        <v>642</v>
+        <v>641</v>
       </c>
     </row>
     <row r="221" spans="1:7">
       <c r="A221">
         <v>20250225</v>
       </c>
       <c r="B221" t="s">
+        <v>642</v>
+      </c>
+      <c r="C221" s="2" t="s">
         <v>643</v>
       </c>
-      <c r="C221" s="2" t="s">
+      <c r="D221" t="s">
         <v>644</v>
-      </c>
-[...1 lines deleted...]
-        <v>645</v>
       </c>
       <c r="E221" t="s">
         <v>75</v>
       </c>
       <c r="F221" t="s">
-        <v>459</v>
+        <v>97</v>
       </c>
       <c r="G221" t="s">
-        <v>646</v>
+        <v>645</v>
       </c>
     </row>
     <row r="222" spans="1:7">
       <c r="A222">
         <v>20250226</v>
       </c>
       <c r="B222" t="s">
+        <v>646</v>
+      </c>
+      <c r="C222" s="2" t="s">
         <v>647</v>
       </c>
-      <c r="C222" s="2" t="s">
+      <c r="D222" t="s">
         <v>648</v>
-      </c>
-[...1 lines deleted...]
-        <v>649</v>
       </c>
       <c r="E222" t="s">
         <v>75</v>
       </c>
       <c r="F222" t="s">
-        <v>459</v>
+        <v>97</v>
       </c>
       <c r="G222" t="s">
-        <v>650</v>
+        <v>649</v>
       </c>
     </row>
     <row r="223" spans="1:7">
       <c r="A223">
         <v>20250227</v>
       </c>
       <c r="B223" t="s">
+        <v>650</v>
+      </c>
+      <c r="C223" s="2" t="s">
         <v>651</v>
       </c>
-      <c r="C223" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D223" t="s">
-        <v>649</v>
+        <v>648</v>
       </c>
       <c r="E223" t="s">
         <v>403</v>
       </c>
       <c r="F223" t="s">
-        <v>459</v>
+        <v>97</v>
       </c>
       <c r="G223" t="s">
-        <v>653</v>
+        <v>652</v>
       </c>
     </row>
     <row r="224" spans="1:7">
       <c r="A224">
         <v>20250228</v>
       </c>
       <c r="B224" t="s">
-        <v>520</v>
+        <v>519</v>
       </c>
       <c r="C224" s="2" t="s">
+        <v>653</v>
+      </c>
+      <c r="D224" t="s">
+        <v>648</v>
+      </c>
+      <c r="E224" t="s">
+        <v>11</v>
+      </c>
+      <c r="F224" t="s">
+        <v>570</v>
+      </c>
+      <c r="G224" t="s">
         <v>654</v>
-      </c>
-[...10 lines deleted...]
-        <v>655</v>
       </c>
     </row>
     <row r="225" spans="1:7">
       <c r="A225">
         <v>20250229</v>
       </c>
       <c r="B225" t="s">
-        <v>523</v>
+        <v>522</v>
       </c>
       <c r="C225" s="2" t="s">
+        <v>655</v>
+      </c>
+      <c r="D225" t="s">
+        <v>648</v>
+      </c>
+      <c r="E225" t="s">
+        <v>11</v>
+      </c>
+      <c r="F225" t="s">
+        <v>570</v>
+      </c>
+      <c r="G225" t="s">
         <v>656</v>
-      </c>
-[...10 lines deleted...]
-        <v>657</v>
       </c>
     </row>
     <row r="226" spans="1:7">
       <c r="A226">
         <v>20250230</v>
       </c>
       <c r="B226" t="s">
-        <v>525</v>
+        <v>524</v>
       </c>
       <c r="C226" s="2" t="s">
+        <v>657</v>
+      </c>
+      <c r="D226" t="s">
+        <v>648</v>
+      </c>
+      <c r="E226" t="s">
+        <v>11</v>
+      </c>
+      <c r="F226" t="s">
         <v>658</v>
       </c>
-      <c r="D226" t="s">
-[...5 lines deleted...]
-      <c r="F226" t="s">
+      <c r="G226" t="s">
         <v>659</v>
-      </c>
-[...1 lines deleted...]
-        <v>660</v>
       </c>
     </row>
     <row r="227" spans="1:7">
       <c r="A227">
         <v>20250231</v>
       </c>
       <c r="B227" t="s">
+        <v>660</v>
+      </c>
+      <c r="C227" s="2" t="s">
         <v>661</v>
       </c>
-      <c r="C227" s="2" t="s">
+      <c r="D227" t="s">
         <v>662</v>
-      </c>
-[...1 lines deleted...]
-        <v>663</v>
       </c>
       <c r="E227" t="s">
         <v>403</v>
       </c>
       <c r="F227" t="s">
-        <v>459</v>
+        <v>97</v>
       </c>
       <c r="G227" t="s">
-        <v>664</v>
+        <v>663</v>
       </c>
     </row>
     <row r="228" spans="1:7">
       <c r="A228">
         <v>20250232</v>
       </c>
       <c r="B228" t="s">
-        <v>467</v>
+        <v>466</v>
       </c>
       <c r="C228" s="2" t="s">
+        <v>664</v>
+      </c>
+      <c r="D228" t="s">
         <v>665</v>
       </c>
-      <c r="D228" t="s">
+      <c r="E228" t="s">
+        <v>11</v>
+      </c>
+      <c r="F228" t="s">
+        <v>499</v>
+      </c>
+      <c r="G228" t="s">
         <v>666</v>
-      </c>
-[...7 lines deleted...]
-        <v>667</v>
       </c>
     </row>
     <row r="229" spans="1:7">
       <c r="A229">
         <v>20250233</v>
       </c>
       <c r="B229" t="s">
+        <v>667</v>
+      </c>
+      <c r="C229" s="2" t="s">
         <v>668</v>
       </c>
-      <c r="C229" s="2" t="s">
+      <c r="D229" t="s">
         <v>669</v>
-      </c>
-[...1 lines deleted...]
-        <v>670</v>
       </c>
       <c r="E229" t="s">
         <v>75</v>
       </c>
       <c r="F229" t="s">
-        <v>459</v>
+        <v>97</v>
       </c>
       <c r="G229" t="s">
-        <v>671</v>
+        <v>670</v>
       </c>
     </row>
     <row r="230" spans="1:7">
       <c r="A230">
         <v>20250234</v>
       </c>
       <c r="B230" t="s">
+        <v>671</v>
+      </c>
+      <c r="C230" s="2" t="s">
         <v>672</v>
       </c>
-      <c r="C230" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D230" t="s">
-        <v>670</v>
+        <v>669</v>
       </c>
       <c r="E230" t="s">
         <v>75</v>
       </c>
       <c r="F230" t="s">
-        <v>459</v>
+        <v>97</v>
       </c>
       <c r="G230" t="s">
-        <v>674</v>
+        <v>673</v>
       </c>
     </row>
     <row r="231" spans="1:7">
       <c r="A231">
         <v>20250235</v>
       </c>
       <c r="B231" t="s">
+        <v>674</v>
+      </c>
+      <c r="C231" s="2" t="s">
         <v>675</v>
       </c>
-      <c r="C231" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D231" t="s">
-        <v>670</v>
+        <v>669</v>
       </c>
       <c r="E231" t="s">
         <v>403</v>
       </c>
       <c r="F231" t="s">
-        <v>459</v>
+        <v>97</v>
       </c>
       <c r="G231" t="s">
-        <v>677</v>
+        <v>676</v>
       </c>
     </row>
     <row r="232" spans="1:7">
       <c r="A232">
         <v>20250236</v>
       </c>
       <c r="B232" t="s">
+        <v>677</v>
+      </c>
+      <c r="C232" s="2" t="s">
         <v>678</v>
       </c>
-      <c r="C232" s="2" t="s">
+      <c r="D232" t="s">
         <v>679</v>
-      </c>
-[...1 lines deleted...]
-        <v>680</v>
       </c>
       <c r="E232" t="s">
         <v>75</v>
       </c>
       <c r="F232" t="s">
-        <v>459</v>
+        <v>97</v>
       </c>
       <c r="G232" t="s">
-        <v>681</v>
+        <v>680</v>
       </c>
     </row>
     <row r="233" spans="1:7">
       <c r="A233">
         <v>20250237</v>
       </c>
       <c r="B233" t="s">
+        <v>681</v>
+      </c>
+      <c r="C233" s="2" t="s">
         <v>682</v>
       </c>
-      <c r="C233" s="2" t="s">
+      <c r="D233" t="s">
         <v>683</v>
-      </c>
-[...1 lines deleted...]
-        <v>684</v>
       </c>
       <c r="E233" t="s">
         <v>75</v>
       </c>
       <c r="F233" t="s">
-        <v>459</v>
+        <v>97</v>
       </c>
       <c r="G233" t="s">
-        <v>685</v>
+        <v>684</v>
       </c>
     </row>
     <row r="234" spans="1:7">
       <c r="A234">
         <v>20250238</v>
       </c>
       <c r="B234" t="s">
+        <v>685</v>
+      </c>
+      <c r="C234" s="2" t="s">
         <v>686</v>
       </c>
-      <c r="C234" s="2" t="s">
+      <c r="D234" t="s">
         <v>687</v>
-      </c>
-[...1 lines deleted...]
-        <v>688</v>
       </c>
       <c r="E234" t="s">
         <v>75</v>
       </c>
       <c r="F234" t="s">
-        <v>459</v>
+        <v>97</v>
       </c>
       <c r="G234" t="s">
-        <v>689</v>
+        <v>688</v>
       </c>
     </row>
     <row r="235" spans="1:7">
       <c r="A235">
         <v>20250239</v>
       </c>
       <c r="B235" t="s">
-        <v>527</v>
+        <v>526</v>
       </c>
       <c r="C235" s="2" t="s">
+        <v>689</v>
+      </c>
+      <c r="D235" t="s">
+        <v>687</v>
+      </c>
+      <c r="E235" t="s">
+        <v>11</v>
+      </c>
+      <c r="F235" t="s">
+        <v>488</v>
+      </c>
+      <c r="G235" t="s">
         <v>690</v>
-      </c>
-[...10 lines deleted...]
-        <v>691</v>
       </c>
     </row>
     <row r="236" spans="1:7">
       <c r="A236">
         <v>20250240</v>
       </c>
       <c r="B236" t="s">
-        <v>530</v>
+        <v>529</v>
       </c>
       <c r="C236" s="2" t="s">
+        <v>691</v>
+      </c>
+      <c r="D236" t="s">
+        <v>687</v>
+      </c>
+      <c r="E236" t="s">
+        <v>11</v>
+      </c>
+      <c r="F236" t="s">
+        <v>488</v>
+      </c>
+      <c r="G236" t="s">
         <v>692</v>
-      </c>
-[...10 lines deleted...]
-        <v>693</v>
       </c>
     </row>
     <row r="237" spans="1:7">
       <c r="A237">
         <v>20250241</v>
       </c>
       <c r="B237" t="s">
-        <v>533</v>
+        <v>532</v>
       </c>
       <c r="C237" s="2" t="s">
+        <v>693</v>
+      </c>
+      <c r="D237" t="s">
+        <v>687</v>
+      </c>
+      <c r="E237" t="s">
+        <v>11</v>
+      </c>
+      <c r="F237" t="s">
+        <v>488</v>
+      </c>
+      <c r="G237" t="s">
         <v>694</v>
-      </c>
-[...10 lines deleted...]
-        <v>695</v>
       </c>
     </row>
     <row r="238" spans="1:7">
       <c r="A238">
         <v>20250242</v>
       </c>
       <c r="B238" t="s">
-        <v>535</v>
+        <v>534</v>
       </c>
       <c r="C238" s="2" t="s">
-        <v>696</v>
+        <v>695</v>
       </c>
       <c r="D238" t="s">
-        <v>688</v>
+        <v>687</v>
       </c>
       <c r="E238" t="s">
         <v>11</v>
       </c>
       <c r="F238" t="s">
         <v>435</v>
       </c>
       <c r="G238" t="s">
-        <v>697</v>
+        <v>696</v>
       </c>
     </row>
     <row r="239" spans="1:7">
       <c r="A239">
         <v>20250243</v>
       </c>
       <c r="B239" t="s">
+        <v>697</v>
+      </c>
+      <c r="C239" s="2" t="s">
         <v>698</v>
       </c>
-      <c r="C239" s="2" t="s">
+      <c r="D239" t="s">
         <v>699</v>
-      </c>
-[...1 lines deleted...]
-        <v>700</v>
       </c>
       <c r="E239" t="s">
         <v>75</v>
       </c>
       <c r="F239" t="s">
-        <v>459</v>
+        <v>97</v>
       </c>
       <c r="G239" t="s">
-        <v>701</v>
+        <v>700</v>
       </c>
     </row>
     <row r="240" spans="1:7">
       <c r="A240">
         <v>20250244</v>
       </c>
       <c r="B240" t="s">
+        <v>701</v>
+      </c>
+      <c r="C240" s="2" t="s">
         <v>702</v>
       </c>
-      <c r="C240" s="2" t="s">
+      <c r="D240" t="s">
         <v>703</v>
-      </c>
-[...1 lines deleted...]
-        <v>704</v>
       </c>
       <c r="E240" t="s">
         <v>75</v>
       </c>
       <c r="F240" t="s">
-        <v>459</v>
+        <v>97</v>
       </c>
       <c r="G240" t="s">
-        <v>705</v>
+        <v>704</v>
       </c>
     </row>
     <row r="241" spans="1:7">
       <c r="A241">
         <v>20250245</v>
       </c>
       <c r="B241" t="s">
+        <v>705</v>
+      </c>
+      <c r="C241" s="2" t="s">
         <v>706</v>
       </c>
-      <c r="C241" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D241" t="s">
-        <v>704</v>
+        <v>703</v>
       </c>
       <c r="E241" t="s">
         <v>75</v>
       </c>
       <c r="F241" t="s">
-        <v>459</v>
+        <v>97</v>
       </c>
       <c r="G241" t="s">
-        <v>708</v>
+        <v>707</v>
       </c>
     </row>
     <row r="242" spans="1:7">
       <c r="A242">
         <v>20250246</v>
       </c>
       <c r="B242" t="s">
         <v>428</v>
       </c>
       <c r="C242" s="2" t="s">
+        <v>708</v>
+      </c>
+      <c r="D242" t="s">
+        <v>703</v>
+      </c>
+      <c r="E242" t="s">
+        <v>403</v>
+      </c>
+      <c r="F242" t="s">
         <v>709</v>
-      </c>
-[...7 lines deleted...]
-        <v>459</v>
       </c>
       <c r="G242" t="s">
         <v>710</v>
       </c>
     </row>
     <row r="243" spans="1:7">
       <c r="A243">
         <v>20250247</v>
       </c>
       <c r="B243" t="s">
         <v>407</v>
       </c>
       <c r="C243" s="2" t="s">
         <v>711</v>
       </c>
       <c r="D243" t="s">
-        <v>704</v>
+        <v>703</v>
       </c>
       <c r="E243" t="s">
         <v>75</v>
       </c>
       <c r="F243" t="s">
-        <v>459</v>
+        <v>97</v>
       </c>
       <c r="G243" t="s">
         <v>712</v>
       </c>
     </row>
     <row r="244" spans="1:7">
       <c r="A244">
         <v>20250248</v>
       </c>
       <c r="B244" t="s">
         <v>713</v>
       </c>
       <c r="C244" s="2" t="s">
         <v>714</v>
       </c>
       <c r="D244" t="s">
         <v>715</v>
       </c>
       <c r="E244" t="s">
         <v>75</v>
       </c>
       <c r="F244" t="s">
-        <v>459</v>
+        <v>97</v>
       </c>
       <c r="G244" t="s">
         <v>716</v>
       </c>
     </row>
     <row r="245" spans="1:7">
       <c r="A245">
         <v>20250249</v>
       </c>
       <c r="B245" t="s">
         <v>717</v>
       </c>
       <c r="C245" s="2" t="s">
         <v>718</v>
       </c>
       <c r="D245" t="s">
         <v>719</v>
       </c>
       <c r="E245" t="s">
         <v>11</v>
       </c>
       <c r="F245" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="246" spans="1:7">
       <c r="A246">
         <v>20250250</v>
       </c>
       <c r="B246" t="s">
         <v>720</v>
       </c>
       <c r="C246" s="2" t="s">
         <v>721</v>
       </c>
       <c r="D246" t="s">
         <v>722</v>
       </c>
       <c r="E246" t="s">
-        <v>11</v>
+        <v>75</v>
       </c>
       <c r="F246" t="s">
         <v>97</v>
       </c>
       <c r="G246" t="s">
         <v>723</v>
       </c>
     </row>
     <row r="247" spans="1:7">
       <c r="A247">
         <v>20250251</v>
       </c>
       <c r="B247" t="s">
         <v>724</v>
       </c>
       <c r="C247" s="2" t="s">
         <v>725</v>
       </c>
       <c r="D247" t="s">
         <v>722</v>
       </c>
       <c r="E247" t="s">
-        <v>11</v>
+        <v>75</v>
       </c>
       <c r="F247" t="s">
         <v>97</v>
       </c>
       <c r="G247" t="s">
         <v>726</v>
       </c>
     </row>
     <row r="248" spans="1:7">
       <c r="A248">
         <v>20250252</v>
       </c>
       <c r="B248" t="s">
-        <v>546</v>
+        <v>545</v>
       </c>
       <c r="C248" s="2" t="s">
         <v>727</v>
       </c>
       <c r="D248" t="s">
         <v>722</v>
       </c>
       <c r="E248" t="s">
         <v>11</v>
       </c>
       <c r="F248" t="s">
-        <v>571</v>
+        <v>570</v>
       </c>
       <c r="G248" t="s">
         <v>728</v>
       </c>
     </row>
     <row r="249" spans="1:7">
-      <c r="A249" t="s">
+      <c r="A249">
+        <v>20250253</v>
+      </c>
+      <c r="B249" t="s">
+        <v>470</v>
+      </c>
+      <c r="C249" s="2" t="s">
         <v>729</v>
+      </c>
+      <c r="D249" t="s">
+        <v>730</v>
+      </c>
+      <c r="E249" t="s">
+        <v>11</v>
+      </c>
+      <c r="F249" t="s">
+        <v>435</v>
+      </c>
+      <c r="G249" t="s">
+        <v>731</v>
+      </c>
+    </row>
+    <row r="250" spans="1:7">
+      <c r="A250">
+        <v>20250254</v>
+      </c>
+      <c r="B250" t="s">
+        <v>732</v>
+      </c>
+      <c r="C250" s="2" t="s">
+        <v>733</v>
+      </c>
+      <c r="D250" t="s">
+        <v>734</v>
+      </c>
+      <c r="E250" t="s">
+        <v>75</v>
+      </c>
+      <c r="F250" t="s">
+        <v>97</v>
+      </c>
+      <c r="G250" t="s">
+        <v>735</v>
+      </c>
+    </row>
+    <row r="251" spans="1:7">
+      <c r="A251">
+        <v>20250255</v>
+      </c>
+      <c r="B251" t="s">
+        <v>410</v>
+      </c>
+      <c r="C251" s="2" t="s">
+        <v>736</v>
+      </c>
+      <c r="D251" t="s">
+        <v>737</v>
+      </c>
+      <c r="E251" t="s">
+        <v>11</v>
+      </c>
+      <c r="F251" t="s">
+        <v>12</v>
+      </c>
+      <c r="G251" t="s">
+        <v>738</v>
+      </c>
+    </row>
+    <row r="252" spans="1:7">
+      <c r="A252">
+        <v>20260256</v>
+      </c>
+      <c r="B252" t="s">
+        <v>739</v>
+      </c>
+      <c r="C252" s="2" t="s">
+        <v>740</v>
+      </c>
+      <c r="D252" t="s">
+        <v>741</v>
+      </c>
+      <c r="E252" t="s">
+        <v>11</v>
+      </c>
+      <c r="F252" t="s">
+        <v>12</v>
+      </c>
+      <c r="G252" t="s">
+        <v>742</v>
+      </c>
+    </row>
+    <row r="253" spans="1:7">
+      <c r="A253">
+        <v>20260257</v>
+      </c>
+      <c r="B253" t="s">
+        <v>739</v>
+      </c>
+      <c r="C253" s="2" t="s">
+        <v>743</v>
+      </c>
+      <c r="D253" t="s">
+        <v>744</v>
+      </c>
+      <c r="E253" t="s">
+        <v>75</v>
+      </c>
+      <c r="F253" t="s">
+        <v>709</v>
+      </c>
+      <c r="G253" t="s">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="254" spans="1:7">
+      <c r="A254">
+        <v>20260258</v>
+      </c>
+      <c r="B254" t="s">
+        <v>745</v>
+      </c>
+      <c r="C254" s="2" t="s">
+        <v>746</v>
+      </c>
+      <c r="D254" t="s">
+        <v>744</v>
+      </c>
+      <c r="E254" t="s">
+        <v>75</v>
+      </c>
+      <c r="F254" t="s">
+        <v>709</v>
+      </c>
+      <c r="G254" t="s">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="255" spans="1:7">
+      <c r="A255">
+        <v>20260259</v>
+      </c>
+      <c r="B255" t="s">
+        <v>747</v>
+      </c>
+      <c r="C255" s="2" t="s">
+        <v>748</v>
+      </c>
+      <c r="D255" t="s">
+        <v>744</v>
+      </c>
+      <c r="E255" t="s">
+        <v>75</v>
+      </c>
+      <c r="F255" t="s">
+        <v>709</v>
+      </c>
+      <c r="G255" t="s">
+        <v>749</v>
+      </c>
+    </row>
+    <row r="256" spans="1:7">
+      <c r="A256">
+        <v>20260260</v>
+      </c>
+      <c r="B256" t="s">
+        <v>750</v>
+      </c>
+      <c r="C256" s="2" t="s">
+        <v>751</v>
+      </c>
+      <c r="D256" t="s">
+        <v>744</v>
+      </c>
+      <c r="E256" t="s">
+        <v>75</v>
+      </c>
+      <c r="F256" t="s">
+        <v>709</v>
+      </c>
+      <c r="G256" t="s">
+        <v>752</v>
+      </c>
+    </row>
+    <row r="257" spans="1:7">
+      <c r="A257">
+        <v>20260261</v>
+      </c>
+      <c r="B257" t="s">
+        <v>753</v>
+      </c>
+      <c r="C257" s="2" t="s">
+        <v>754</v>
+      </c>
+      <c r="D257" t="s">
+        <v>744</v>
+      </c>
+      <c r="E257" t="s">
+        <v>75</v>
+      </c>
+      <c r="F257" t="s">
+        <v>709</v>
+      </c>
+      <c r="G257" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="258" spans="1:7">
+      <c r="A258">
+        <v>20260262</v>
+      </c>
+      <c r="B258" t="s">
+        <v>739</v>
+      </c>
+      <c r="C258" s="2" t="s">
+        <v>755</v>
+      </c>
+      <c r="D258" t="s">
+        <v>756</v>
+      </c>
+      <c r="E258" t="s">
+        <v>75</v>
+      </c>
+      <c r="F258" t="s">
+        <v>709</v>
+      </c>
+      <c r="G258" t="s">
+        <v>757</v>
+      </c>
+    </row>
+    <row r="259" spans="1:7">
+      <c r="A259">
+        <v>20260263</v>
+      </c>
+      <c r="B259" t="s">
+        <v>745</v>
+      </c>
+      <c r="C259" s="2" t="s">
+        <v>758</v>
+      </c>
+      <c r="D259" t="s">
+        <v>756</v>
+      </c>
+      <c r="E259" t="s">
+        <v>75</v>
+      </c>
+      <c r="F259" t="s">
+        <v>709</v>
+      </c>
+      <c r="G259" t="s">
+        <v>759</v>
+      </c>
+    </row>
+    <row r="260" spans="1:7">
+      <c r="A260" t="s">
+        <v>760</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:G1"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>