--- v0 (2025-10-25)
+++ v1 (2025-12-14)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="100">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="117">
   <si>
     <t>Relatório Geral de Protocolos - SLAH</t>
   </si>
   <si>
     <t>Protocolo</t>
   </si>
   <si>
     <t>Processo</t>
   </si>
   <si>
     <t>Tipo</t>
   </si>
   <si>
     <t>Data de Entrada</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>Autor</t>
   </si>
   <si>
     <t>Descrição</t>
   </si>
   <si>
@@ -311,51 +311,102 @@
   <si>
     <t>Solicita ao Executivo Municipal que providencie a proibição de estacionamento de veículos pesados na Rua Reginaldo Jacob Carneiro, no Bairro Uruguai.</t>
   </si>
   <si>
     <t>024/2025</t>
   </si>
   <si>
     <t>024/2025 PEDIDO DE PROVIDÊNCIA</t>
   </si>
   <si>
     <t>Solicita ao Executivo Municipal que providencie a colocação de placas de identificação de Comunidades do interior nas saídas da cidade e nas entradas das estradas gerais para as comunidades.</t>
   </si>
   <si>
     <t>025/2025</t>
   </si>
   <si>
     <t>025/2025 PEDIDO DE PROVIDÊNCIA</t>
   </si>
   <si>
     <t>Casairto Duarte da Luz - MDB</t>
   </si>
   <si>
     <t>Solicita ao Executivo Municipal que providencie a manutenção da passarela do espraiado de São Jorge.</t>
   </si>
   <si>
-    <t>Total: 25</t>
+    <t>026/2025</t>
+  </si>
+  <si>
+    <t>026/2025 PEDIDO DE PROVIDÊNCIA</t>
+  </si>
+  <si>
+    <t>31/10/2025</t>
+  </si>
+  <si>
+    <t>Solicito ao Executivo Municipal que providencie a atulização da rota da coleta do lixo na rua Fiorello Egidio Jordani.</t>
+  </si>
+  <si>
+    <t>027/2025</t>
+  </si>
+  <si>
+    <t>027/2025 PEDIDO DE PROVIDÊNCIA</t>
+  </si>
+  <si>
+    <t>Solicito ao Executivo Municipal a aquisição de um batedor/batedeira de cereais para a secretaria da agricultura.</t>
+  </si>
+  <si>
+    <t>028/2025</t>
+  </si>
+  <si>
+    <t>028/2025 PEDIDO DE PROVIDÊNCIA</t>
+  </si>
+  <si>
+    <t>Solicito ao Executivo Municipal que providencie a entrega das escrituras que estão faltando no Bairro Uruguai.</t>
+  </si>
+  <si>
+    <t>029/2025</t>
+  </si>
+  <si>
+    <t>029/2025 PEDIDO DE PROVIDÊNCIA</t>
+  </si>
+  <si>
+    <t>Venho por meio deste, solicitar a providência para a realização da reforma dos banheiros públicos localizados na Praça da Igreja Matriz, considerando que as atuais condições não atendem adequadamente às necessidades dos frequentadores do local, comprometendo a higiene e o conforto da população. Solicito também a melhoria dos passeios da referida praça, que se encontram danificados, representando risco aos pedestres e dificultando o acesso e o uso seguro da área pública.</t>
+  </si>
+  <si>
+    <t>030/2025</t>
+  </si>
+  <si>
+    <t>030/2025 PEDIDO DE PROVIDÊNCIA</t>
+  </si>
+  <si>
+    <t>28/11/2025</t>
+  </si>
+  <si>
+    <t>Solicito ao Executivo Municipal que providencie a substituição dos redutores de velocidade(quebra molas) por faixa elevada de pedestres, no perímetro compreendido entre a Avenida Brasília, Centro, e a Rua Porto Alegre, Bairro Uruguai, nos dois sentidos da via.</t>
+  </si>
+  <si>
+    <t>Total: 30</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -674,54 +725,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G28"/>
+  <dimension ref="A1:G33"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="C27" sqref="C27"/>
+      <selection activeCell="C32" sqref="C32"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
       <c r="E1" s="2"/>
       <c r="F1" s="2"/>
       <c r="G1" s="2"/>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" t="s">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>2</v>
       </c>
       <c r="C2" t="s">
         <v>3</v>
       </c>
@@ -1292,52 +1343,167 @@
     </row>
     <row r="27" spans="1:7">
       <c r="A27">
         <v>20250230</v>
       </c>
       <c r="B27" t="s">
         <v>95</v>
       </c>
       <c r="C27" s="2" t="s">
         <v>96</v>
       </c>
       <c r="D27" t="s">
         <v>90</v>
       </c>
       <c r="E27" t="s">
         <v>11</v>
       </c>
       <c r="F27" t="s">
         <v>97</v>
       </c>
       <c r="G27" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="28" spans="1:7">
-      <c r="A28" t="s">
+      <c r="A28">
+        <v>20250239</v>
+      </c>
+      <c r="B28" t="s">
         <v>99</v>
+      </c>
+      <c r="C28" s="2" t="s">
+        <v>100</v>
+      </c>
+      <c r="D28" t="s">
+        <v>101</v>
+      </c>
+      <c r="E28" t="s">
+        <v>11</v>
+      </c>
+      <c r="F28" t="s">
+        <v>40</v>
+      </c>
+      <c r="G28" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="29" spans="1:7">
+      <c r="A29">
+        <v>20250240</v>
+      </c>
+      <c r="B29" t="s">
+        <v>103</v>
+      </c>
+      <c r="C29" s="2" t="s">
+        <v>104</v>
+      </c>
+      <c r="D29" t="s">
+        <v>101</v>
+      </c>
+      <c r="E29" t="s">
+        <v>11</v>
+      </c>
+      <c r="F29" t="s">
+        <v>40</v>
+      </c>
+      <c r="G29" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="30" spans="1:7">
+      <c r="A30">
+        <v>20250241</v>
+      </c>
+      <c r="B30" t="s">
+        <v>106</v>
+      </c>
+      <c r="C30" s="2" t="s">
+        <v>107</v>
+      </c>
+      <c r="D30" t="s">
+        <v>101</v>
+      </c>
+      <c r="E30" t="s">
+        <v>11</v>
+      </c>
+      <c r="F30" t="s">
+        <v>40</v>
+      </c>
+      <c r="G30" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="31" spans="1:7">
+      <c r="A31">
+        <v>20250242</v>
+      </c>
+      <c r="B31" t="s">
+        <v>109</v>
+      </c>
+      <c r="C31" s="2" t="s">
+        <v>110</v>
+      </c>
+      <c r="D31" t="s">
+        <v>101</v>
+      </c>
+      <c r="E31" t="s">
+        <v>11</v>
+      </c>
+      <c r="F31" t="s">
+        <v>12</v>
+      </c>
+      <c r="G31" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="32" spans="1:7">
+      <c r="A32">
+        <v>20250252</v>
+      </c>
+      <c r="B32" t="s">
+        <v>112</v>
+      </c>
+      <c r="C32" s="2" t="s">
+        <v>113</v>
+      </c>
+      <c r="D32" t="s">
+        <v>114</v>
+      </c>
+      <c r="E32" t="s">
+        <v>11</v>
+      </c>
+      <c r="F32" t="s">
+        <v>62</v>
+      </c>
+      <c r="G32" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="33" spans="1:7">
+      <c r="A33" t="s">
+        <v>116</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:G1"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>