--- v0 (2025-10-25)
+++ v1 (2025-12-14)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="191">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="217">
   <si>
     <t>Relatório Geral de Protocolos - SLAH</t>
   </si>
   <si>
     <t>Protocolo</t>
   </si>
   <si>
     <t>Processo</t>
   </si>
   <si>
     <t>Tipo</t>
   </si>
   <si>
     <t>Data de Entrada</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>Autor</t>
   </si>
   <si>
     <t>Descrição</t>
   </si>
   <si>
@@ -584,51 +584,129 @@
   <si>
     <t>052/2025</t>
   </si>
   <si>
     <t>052/2025 PROJETO DE LEI - EXECUTIVO</t>
   </si>
   <si>
     <t>14/10/2025</t>
   </si>
   <si>
     <t>Altera a redação do art. 3º da Lei Municipal nº 3.732/2025.</t>
   </si>
   <si>
     <t>053/2025</t>
   </si>
   <si>
     <t>053/2025 PROJETO DE LEI - EXECUTIVO</t>
   </si>
   <si>
     <t>17/10/2025</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a ceder a título de cessão de uso uma plantadeira e uma grade aradora agrícola para a Associação União Agrícola São Pedro.</t>
   </si>
   <si>
-    <t>Total: 53</t>
+    <t>054/2025</t>
+  </si>
+  <si>
+    <t>054/2025 PROJETO DE LEI - EXECUTIVO</t>
+  </si>
+  <si>
+    <t>31/10/2025</t>
+  </si>
+  <si>
+    <t>Autoriza o Poder Executivo Municipal a repassar valores para a Câmara de Dirigentes Lojistas - CDL, entidade da Sociedade Civil, sem fins lucrativos, com objetivo de realização da 12ª Festa do Pinhão e 13ª Expofeira.</t>
+  </si>
+  <si>
+    <t>055/2025</t>
+  </si>
+  <si>
+    <t>055/2025 PROJETO DE LEI - EXECUTIVO</t>
+  </si>
+  <si>
+    <t>11/11/2025</t>
+  </si>
+  <si>
+    <t>Altera a redação dos incisos V e VI do art. 1º da Lei Municipal nº 3.754/2025.</t>
+  </si>
+  <si>
+    <t>056/2025</t>
+  </si>
+  <si>
+    <t>056/2025 PROJETO DE LEI - EXECUTIVO</t>
+  </si>
+  <si>
+    <t>13/11/2025</t>
+  </si>
+  <si>
+    <t>Autoriza o Poder Executivo Municipal a doar o lote nº 08, da quadra 04, da área industrial a empresa Michele Ribeiro Balzan ME.</t>
+  </si>
+  <si>
+    <t>057/2025</t>
+  </si>
+  <si>
+    <t>057/2025 PROJETO DE LEI - EXECUTIVO</t>
+  </si>
+  <si>
+    <t>Autoriza o Poder Executivo Municipal a ceder a título de cessão de uso uma carreta agrícola para a Associação Primeira Conquista Barraconense.</t>
+  </si>
+  <si>
+    <t>058/2025</t>
+  </si>
+  <si>
+    <t>058/2025 PROJETO DE LEI - EXECUTIVO</t>
+  </si>
+  <si>
+    <t>14/11/2025</t>
+  </si>
+  <si>
+    <t>Estima a receita e fixa a despesa do Município para o exercício econômico e financeiro de 2026 e dá outras providências.</t>
+  </si>
+  <si>
+    <t>059/2025</t>
+  </si>
+  <si>
+    <t>059/2025 PROJETO DE LEI - EXECUTIVO</t>
+  </si>
+  <si>
+    <t>28/11/2025</t>
+  </si>
+  <si>
+    <t>Altera a redação do art. 96 da Lei Municipal nº 3.591/2022.</t>
+  </si>
+  <si>
+    <t>060/2025</t>
+  </si>
+  <si>
+    <t>060/2025 PROJETO DE LEI - EXECUTIVO</t>
+  </si>
+  <si>
+    <t>Altera a Lei Municipal nº 2.616, de 21 de dezembro de 2006, para revogar o artigo 99, que dispõe sobre a perda do direito às férias de servidores públicos.</t>
+  </si>
+  <si>
+    <t>Total: 60</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -947,54 +1025,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G56"/>
+  <dimension ref="A1:G63"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="C55" sqref="C55"/>
+      <selection activeCell="C62" sqref="C62"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
       <c r="E1" s="2"/>
       <c r="F1" s="2"/>
       <c r="G1" s="2"/>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" t="s">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>2</v>
       </c>
       <c r="C2" t="s">
         <v>3</v>
       </c>
@@ -2199,62 +2277,223 @@
       </c>
       <c r="E54" t="s">
         <v>30</v>
       </c>
       <c r="F54" t="s">
         <v>47</v>
       </c>
       <c r="G54" t="s">
         <v>185</v>
       </c>
     </row>
     <row r="55" spans="1:7">
       <c r="A55">
         <v>20250237</v>
       </c>
       <c r="B55" t="s">
         <v>186</v>
       </c>
       <c r="C55" s="2" t="s">
         <v>187</v>
       </c>
       <c r="D55" t="s">
         <v>188</v>
       </c>
       <c r="E55" t="s">
-        <v>58</v>
+        <v>30</v>
       </c>
       <c r="F55" t="s">
-        <v>12</v>
+        <v>47</v>
       </c>
       <c r="G55" t="s">
         <v>189</v>
       </c>
     </row>
     <row r="56" spans="1:7">
-      <c r="A56" t="s">
+      <c r="A56">
+        <v>20250238</v>
+      </c>
+      <c r="B56" t="s">
         <v>190</v>
+      </c>
+      <c r="C56" s="2" t="s">
+        <v>191</v>
+      </c>
+      <c r="D56" t="s">
+        <v>192</v>
+      </c>
+      <c r="E56" t="s">
+        <v>30</v>
+      </c>
+      <c r="F56" t="s">
+        <v>47</v>
+      </c>
+      <c r="G56" t="s">
+        <v>193</v>
+      </c>
+    </row>
+    <row r="57" spans="1:7">
+      <c r="A57">
+        <v>20250243</v>
+      </c>
+      <c r="B57" t="s">
+        <v>194</v>
+      </c>
+      <c r="C57" s="2" t="s">
+        <v>195</v>
+      </c>
+      <c r="D57" t="s">
+        <v>196</v>
+      </c>
+      <c r="E57" t="s">
+        <v>30</v>
+      </c>
+      <c r="F57" t="s">
+        <v>47</v>
+      </c>
+      <c r="G57" t="s">
+        <v>197</v>
+      </c>
+    </row>
+    <row r="58" spans="1:7">
+      <c r="A58">
+        <v>20250244</v>
+      </c>
+      <c r="B58" t="s">
+        <v>198</v>
+      </c>
+      <c r="C58" s="2" t="s">
+        <v>199</v>
+      </c>
+      <c r="D58" t="s">
+        <v>200</v>
+      </c>
+      <c r="E58" t="s">
+        <v>30</v>
+      </c>
+      <c r="F58" t="s">
+        <v>47</v>
+      </c>
+      <c r="G58" t="s">
+        <v>201</v>
+      </c>
+    </row>
+    <row r="59" spans="1:7">
+      <c r="A59">
+        <v>20250245</v>
+      </c>
+      <c r="B59" t="s">
+        <v>202</v>
+      </c>
+      <c r="C59" s="2" t="s">
+        <v>203</v>
+      </c>
+      <c r="D59" t="s">
+        <v>200</v>
+      </c>
+      <c r="E59" t="s">
+        <v>30</v>
+      </c>
+      <c r="F59" t="s">
+        <v>47</v>
+      </c>
+      <c r="G59" t="s">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="60" spans="1:7">
+      <c r="A60">
+        <v>20250248</v>
+      </c>
+      <c r="B60" t="s">
+        <v>205</v>
+      </c>
+      <c r="C60" s="2" t="s">
+        <v>206</v>
+      </c>
+      <c r="D60" t="s">
+        <v>207</v>
+      </c>
+      <c r="E60" t="s">
+        <v>30</v>
+      </c>
+      <c r="F60" t="s">
+        <v>47</v>
+      </c>
+      <c r="G60" t="s">
+        <v>208</v>
+      </c>
+    </row>
+    <row r="61" spans="1:7">
+      <c r="A61">
+        <v>20250250</v>
+      </c>
+      <c r="B61" t="s">
+        <v>209</v>
+      </c>
+      <c r="C61" s="2" t="s">
+        <v>210</v>
+      </c>
+      <c r="D61" t="s">
+        <v>211</v>
+      </c>
+      <c r="E61" t="s">
+        <v>58</v>
+      </c>
+      <c r="F61" t="s">
+        <v>12</v>
+      </c>
+      <c r="G61" t="s">
+        <v>212</v>
+      </c>
+    </row>
+    <row r="62" spans="1:7">
+      <c r="A62">
+        <v>20250251</v>
+      </c>
+      <c r="B62" t="s">
+        <v>213</v>
+      </c>
+      <c r="C62" s="2" t="s">
+        <v>214</v>
+      </c>
+      <c r="D62" t="s">
+        <v>211</v>
+      </c>
+      <c r="E62" t="s">
+        <v>58</v>
+      </c>
+      <c r="F62" t="s">
+        <v>12</v>
+      </c>
+      <c r="G62" t="s">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="63" spans="1:7">
+      <c r="A63" t="s">
+        <v>216</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:G1"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>